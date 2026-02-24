--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -1076,126 +1076,126 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La location saisonnière</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier parcours métiers de l'immobilier dans la construction et la gestion immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur en immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager immobilier (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esgcv - Esarc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esgcv - Esarc - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Difcam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurlom Prépa - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Espace Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit de l'immobilier parcours droit immobilier privé et public</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>En Avant Mauricette - Ecole du Luxe</x:t>
   </x:si>
   <x:si>
     <x:t>69007</x:t>
   </x:si>
   <x:si>
     <x:t>En Avant Mauricette - Ecole du Luxe - Antenne Sainte Maxime</x:t>
   </x:si>
   <x:si>
     <x:t>83120</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Aix en Provence</x:t>
   </x:si>
@@ -10217,2383 +10217,2381 @@
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>549222</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38195</x:v>
+        <x:v>40291</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>13229</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>576304</x:v>
+        <x:v>599108</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>37279</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>334</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>587362</x:v>
+        <x:v>549381</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>555554</x:v>
+        <x:v>556113</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>585326</x:v>
+        <x:v>556814</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>549479</x:v>
+        <x:v>556865</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>549480</x:v>
+        <x:v>556950</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
-      <x:c r="E147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>608700</x:v>
+        <x:v>556951</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>337</x:v>
-[...1 lines deleted...]
-      <x:c r="H148" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>608701</x:v>
+        <x:v>549104</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>547579</x:v>
+        <x:v>558035</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>145</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>554758</x:v>
+        <x:v>545150</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
-      <x:c r="E151" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>554759</x:v>
+        <x:v>554767</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>585285</x:v>
+        <x:v>556216</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
-      <x:c r="E153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>547442</x:v>
+        <x:v>554766</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>548515</x:v>
+        <x:v>568266</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>549122</x:v>
+        <x:v>552266</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>553822</x:v>
+        <x:v>552659</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>34923</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>13321</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>555023</x:v>
+        <x:v>552655</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>545032</x:v>
+        <x:v>571272</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>549282</x:v>
+        <x:v>560003</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>34923</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s"/>
+      <x:c r="E160" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>553983</x:v>
+        <x:v>555022</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>37279</x:v>
+        <x:v>38195</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
-      <x:c r="E161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>13229</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>549381</x:v>
+        <x:v>576304</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>556113</x:v>
+        <x:v>587362</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-        <x:v>104</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>556814</x:v>
+        <x:v>555554</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>556865</x:v>
+        <x:v>585326</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>556950</x:v>
+        <x:v>549479</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>556951</x:v>
+        <x:v>549480</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549104</x:v>
+        <x:v>608700</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>558035</x:v>
+        <x:v>608701</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>545150</x:v>
+        <x:v>547579</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s"/>
+      <x:c r="E170" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>554767</x:v>
+        <x:v>554758</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>556216</x:v>
+        <x:v>554759</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>554766</x:v>
+        <x:v>585285</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>568266</x:v>
+        <x:v>547442</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="H174" s="14" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H174" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>552266</x:v>
+        <x:v>548515</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>552659</x:v>
+        <x:v>549122</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>552655</x:v>
+        <x:v>553822</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>34923</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>571272</x:v>
+        <x:v>555023</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>560003</x:v>
+        <x:v>545032</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>34923</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>13321</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>555022</x:v>
+        <x:v>549282</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>40291</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>13286</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>599108</x:v>
+        <x:v>553983</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -15795,51 +15793,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>592816</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>35590</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -15852,51 +15850,51 @@
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>592935</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -15909,51 +15907,51 @@
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>603636</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
@@ -15968,51 +15966,51 @@
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>603637</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -16022,51 +16020,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>595467</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
@@ -16081,51 +16079,51 @@
       <x:c r="L242" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>606935</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -16138,51 +16136,51 @@
       <x:c r="L243" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>607458</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -16195,51 +16193,51 @@
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>596484</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -16249,51 +16247,51 @@
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>597215</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -16306,51 +16304,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>597222</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -16360,51 +16358,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>597224</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
@@ -16419,51 +16417,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>607283</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -16479,51 +16477,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>602741</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -16536,51 +16534,51 @@
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>597449</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -16593,51 +16591,51 @@
       <x:c r="L251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>611080</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -16650,51 +16648,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>597221</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -16704,110 +16702,110 @@
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>595207</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>607307</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -16820,51 +16818,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>603475</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>116</x:v>
@@ -16881,51 +16879,51 @@
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>607866</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -16938,51 +16936,51 @@
       <x:c r="L257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>542836</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
@@ -16997,51 +16995,51 @@
       <x:c r="L258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>608086</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -17057,51 +17055,51 @@
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>599472</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
@@ -17116,51 +17114,51 @@
       <x:c r="L260" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>607459</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -17170,51 +17168,51 @@
       <x:c r="L261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>597217</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -17227,51 +17225,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>597101</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -17281,51 +17279,51 @@
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>597218</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -17338,51 +17336,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>597219</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -17392,51 +17390,51 @@
       <x:c r="L265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>597220</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
@@ -17451,51 +17449,51 @@
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>599385</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -17505,51 +17503,51 @@
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>597216</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40291</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>187</x:v>
@@ -17566,51 +17564,51 @@
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>608046</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -17626,51 +17624,51 @@
       <x:c r="L269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>599473</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37641</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -17683,51 +17681,51 @@
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>597143</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40291</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17737,51 +17735,51 @@
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>592410</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>37279</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
@@ -17794,51 +17792,51 @@
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>597109</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -17848,51 +17846,51 @@
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>597209</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
@@ -17905,51 +17903,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>597225</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -17965,51 +17963,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>607854</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
@@ -18024,51 +18022,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>608342</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18084,51 +18082,51 @@
       <x:c r="L277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>600264</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>224</x:v>
@@ -18145,108 +18143,108 @@
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>611237</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>581733</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37838</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -18259,51 +18257,51 @@
       <x:c r="L280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42121</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>597145</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -18313,51 +18311,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>597213</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
@@ -18372,51 +18370,51 @@
       <x:c r="L282" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>606931</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -18432,51 +18430,51 @@
       <x:c r="L283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>609676</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>70</x:v>
@@ -18493,51 +18491,51 @@
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>601170</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -18553,51 +18551,51 @@
       <x:c r="L285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>602186</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
@@ -18606,51 +18604,51 @@
       <x:c r="L286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42184</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>596680</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -18663,51 +18661,51 @@
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>605207</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
@@ -18722,51 +18720,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>605208</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -18776,51 +18774,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>597214</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -18833,51 +18831,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>597223</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -18887,51 +18885,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>597448</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -18944,51 +18942,51 @@
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>597212</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -19004,51 +19002,51 @@
       <x:c r="L293" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>608094</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
@@ -19063,167 +19061,167 @@
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>608085</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>608378</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>608703</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>40291</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19233,51 +19231,51 @@
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>592409</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -19290,51 +19288,51 @@
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>608978</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -19350,51 +19348,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>608242</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>104</x:v>
@@ -19411,51 +19409,51 @@
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>609682</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -19471,51 +19469,51 @@
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>608010</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
@@ -19530,51 +19528,51 @@
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>598949</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40981</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19590,51 +19588,51 @@
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>600265</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>199</x:v>
@@ -19651,108 +19649,108 @@
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>600897</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>608702</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>134</x:v>
@@ -19769,51 +19767,51 @@
       <x:c r="L306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>609181</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -19826,51 +19824,51 @@
       <x:c r="L307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>605209</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>104</x:v>
@@ -19887,51 +19885,51 @@
       <x:c r="L308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>609590</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -19941,51 +19939,51 @@
       <x:c r="L309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>596439</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
@@ -20000,51 +19998,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>608579</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -20060,51 +20058,51 @@
       <x:c r="L311" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>608090</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
@@ -20119,51 +20117,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>608343</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -20173,51 +20171,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>597210</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
@@ -20230,51 +20228,51 @@
       <x:c r="L314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>597211</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -20284,51 +20282,51 @@
       <x:c r="L315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>597208</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -20341,96 +20339,96 @@
       <x:c r="L316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>597226</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>599668</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">