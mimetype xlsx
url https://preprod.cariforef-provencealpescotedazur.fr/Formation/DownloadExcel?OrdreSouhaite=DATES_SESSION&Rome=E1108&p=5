--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -659,57 +659,57 @@
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>master mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traduction et interprétation</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -5633,591 +5633,591 @@
       <x:c r="R78" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>592393</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>592054</x:v>
+        <x:v>592052</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38696</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>14272</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>591881</x:v>
+        <x:v>592054</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>39263</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>592070</x:v>
+        <x:v>591881</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39280</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>15231</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>592088</x:v>
+        <x:v>592070</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>592392</x:v>
+        <x:v>592088</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592053</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>592055</x:v>
+        <x:v>592053</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39263</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>592069</x:v>
+        <x:v>592055</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>39280</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>15231</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>592087</x:v>
+        <x:v>592069</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39173</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>15254</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592052</x:v>
+        <x:v>592087</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>