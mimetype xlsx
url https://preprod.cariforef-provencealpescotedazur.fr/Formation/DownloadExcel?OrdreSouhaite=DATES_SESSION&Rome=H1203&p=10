--- v1 (2025-12-31)
+++ v2 (2026-02-24)
@@ -4068,214 +4068,212 @@
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>493128</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>37464</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>31652</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>515633</x:v>
+        <x:v>515631</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s"/>
+      <x:c r="E44" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>126</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>515633</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>37374</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>31606</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>515631</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">