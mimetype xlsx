--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -440,188 +440,188 @@
   <x:si>
     <x:t>Assurer sa mission de salarié désigné compétent en santé et sécurité au travail</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de formateur Catec®</x:t>
   </x:si>
   <x:si>
     <x:t>Assainissement</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et Actualisation des Compétences Agent de Prévention et de Sécurité (MAC APS)</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
   </x:si>
   <x:si>
     <x:t>Prévention sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Acquérir les compétences en prévention des risques professionnels dans sa fonction de tuteur</x:t>
   </x:si>
   <x:si>
     <x:t>Risque professionnel</x:t>
   </x:si>
   <x:si>
+    <x:t>Obtenir des compétences de base en prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement Inter Entreprise de Sécurité (GIES 1 + GIES 2) + espaces confinés + Atex 0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir acteur prévention secours du secteur du transport routier de voyageurs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evaluer les risques professionnels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construire un projet de prévention des risques liés à l’amiante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elaborer et suivre la démarche de prévention de son entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse des risques et vigilance partagée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement inter entreprises de sécurité (GIES1) + AIPR + risque gaz + travail en hauteur + ARI + ATEX 0 + ECI-ECV + GIES2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestes et postures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sauveteur secouriste du travail - MAC SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azur Pro Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-VICTORET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat d'aptitude à travailler en espaces confinés (Certificat de surveillant Catec® + Certificat d'intervenant Catec®)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation Technique Incendie Rhône-Alpes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUVEAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintien et Actualisation des Compétences du Certificat d'Aptitude à Travailler en Espaces Confinés (Certificat de surveillant Catec® + Certificat d'intervenant Catec®)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de prévention et de sécurité - MAC APS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acquérir des bases en prévention des risques professionnels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atmosphère explosive niveau 1 - ATEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plan de prévention et coordination des entreprises extérieures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réglementation santé sécurité travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Référent salarié désigné en sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réception échafaudage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Devenir formateur prévention du travail en hauteur</x:t>
   </x:si>
   <x:si>
     <x:t>Ma Prev en Jeu - Maryline Jasek</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Équipement protection individuelle</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Obtenir des compétences de base en prévention</x:t>
-[...118 lines deleted...]
-  <x:si>
     <x:t>Habilitation électrique BF-HF</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers des services à l'environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>Pollution atmosphérique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
@@ -731,50 +731,62 @@
   <x:si>
     <x:t>13670</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et bonnes pratiques de fabrication</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours systèmes de management QHSE en filière viti-vinicole</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention qualité, hygiène, sécurité, santé, environnement parcours qualité et laboratoire</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
@@ -809,50 +821,53 @@
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers de la radioprotection et de la sécurité nucléaire parcours contrôle des rayonnements ionisants et application des techniques de protection</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Management environnemental</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
@@ -929,65 +944,50 @@
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité (MAC APS) + Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formeo 83</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
@@ -1601,105 +1601,105 @@
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Énergie renouvelable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie biologique parcours sciences de l'aliment et biotechnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité hygiène-sécurité-environnement parcours science du danger et management des risques professionnels, technologiques et environnementaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers de l'eau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention physique, chimie</x:t>
-  </x:si>
-[...52 lines deleted...]
-    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la radioprotection et de la sécurité nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la santé : technologies</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>DU agent d'hygiène, propreté et stérilisation</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour la santé</x:t>
   </x:si>
@@ -3359,1184 +3359,1185 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>566131</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42894</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>578931</x:v>
+        <x:v>566165</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>42866</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>566165</x:v>
+        <x:v>555998</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>42884</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>555998</x:v>
+        <x:v>566141</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>42866</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>566141</x:v>
+        <x:v>566120</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>42875</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>566120</x:v>
+        <x:v>566161</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>566161</x:v>
+        <x:v>566164</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>566164</x:v>
+        <x:v>567853</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>567853</x:v>
+        <x:v>537831</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>537831</x:v>
+        <x:v>556004</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>42884</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>556004</x:v>
+        <x:v>537825</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>537825</x:v>
+        <x:v>567807</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>567807</x:v>
+        <x:v>552042</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>12541</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="Q33" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552042</x:v>
+        <x:v>565137</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12541</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>565137</x:v>
+        <x:v>565138</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="J35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>12541</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>565138</x:v>
+        <x:v>554079</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42875</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>554079</x:v>
+        <x:v>566118</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42875</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>566118</x:v>
+        <x:v>557513</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>42884</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>557513</x:v>
+        <x:v>557072</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>557068</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42817</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="P40" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="Q40" s="16" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="S40" s="14" t="n">
+        <x:v>585352</x:v>
+      </x:c>
+      <x:c r="T40" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="P40" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42884</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>585352</x:v>
+        <x:v>578931</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>578926</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>51</x:v>
@@ -5080,51 +5081,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
@@ -5417,2306 +5418,2304 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>576127</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35370</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="P59" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="P59" s="0" t="s">
+      <x:c r="Q59" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>598013</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="Q59" s="4" t="s">
+      <x:c r="U59" s="4" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>574926</x:v>
+        <x:v>556142</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>574930</x:v>
+        <x:v>574926</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>574933</x:v>
+        <x:v>574930</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574921</x:v>
+        <x:v>574933</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>575001</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35370</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575964</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39265</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>12585</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>577557</x:v>
+        <x:v>575964</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>39265</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12585</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>581345</x:v>
+        <x:v>577557</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>39944</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>12570</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>572335</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>574924</x:v>
+        <x:v>572335</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>575005</x:v>
+        <x:v>574924</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>581548</x:v>
+        <x:v>575005</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>581550</x:v>
+        <x:v>581548</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575002</x:v>
+        <x:v>581550</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>575004</x:v>
+        <x:v>575002</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>574907</x:v>
+        <x:v>575004</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>576106</x:v>
+        <x:v>574907</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>40109</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>24121</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>575990</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>581549</x:v>
+        <x:v>589936</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>581546</x:v>
+        <x:v>575990</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>574906</x:v>
+        <x:v>581549</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>35406</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>12587</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>554940</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>576109</x:v>
+        <x:v>574906</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>575977</x:v>
+        <x:v>554940</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>581547</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>35406</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>574931</x:v>
+        <x:v>575977</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>574932</x:v>
+        <x:v>581547</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>575000</x:v>
+        <x:v>574931</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>550310</x:v>
+        <x:v>574932</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40804</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>558146</x:v>
+        <x:v>575000</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>35344</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s"/>
+      <x:c r="E90" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>543641</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="n">
+        <x:v>40804</x:v>
+      </x:c>
+      <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="I91" s="4" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...11 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>587481</x:v>
+        <x:v>558146</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>37964</x:v>
+        <x:v>35344</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>12520</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>547572</x:v>
+        <x:v>543641</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39944</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L93" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="M93" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="N93" s="3" t="n">
+        <x:v>12046</x:v>
+      </x:c>
+      <x:c r="O93" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="P93" s="0" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="S93" s="0" t="n">
+        <x:v>587481</x:v>
+      </x:c>
+      <x:c r="T93" s="4" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>280</x:v>
-[...1 lines deleted...]
-      <x:c r="C94" s="15" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="n">
+        <x:v>37964</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>586786</x:v>
+        <x:v>547572</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>548691</x:v>
+        <x:v>548692</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="Q96" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="Q96" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>598013</x:v>
+        <x:v>586786</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>41100</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12570</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>589936</x:v>
+        <x:v>548691</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -8139,51 +8138,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>571046</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
@@ -8197,72 +8196,72 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>598287</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>573392</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
@@ -8487,51 +8486,51 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>608270</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>82</x:v>
@@ -8644,107 +8643,107 @@
       <x:c r="H115" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>583578</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>548622</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>332</x:v>
@@ -8904,51 +8903,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>591682</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>332</x:v>
@@ -9117,51 +9116,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>555541</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>52</x:v>
@@ -9361,277 +9360,277 @@
       <x:c r="I129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>591710</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>573611</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>603857</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42884</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>598169</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>576406</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
@@ -9640,51 +9639,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>600722</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
@@ -9692,194 +9691,194 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>602749</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42866</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>576684</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>603865</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>599758</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>360</x:v>
@@ -10105,87 +10104,87 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>610893</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>586777</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>332</x:v>
@@ -10243,51 +10242,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>591711</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>332</x:v>
@@ -10447,51 +10446,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>591684</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>377</x:v>
@@ -10700,51 +10699,51 @@
       <x:c r="I155" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>591712</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -10872,83 +10871,83 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>591667</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>586778</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -11365,51 +11364,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>332</x:v>
@@ -11573,100 +11572,100 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>591713</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>586780</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -11675,51 +11674,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>591687</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>332</x:v>
@@ -11879,51 +11878,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>591716</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>332</x:v>
@@ -12030,51 +12029,51 @@
       <x:c r="I181" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>591686</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -12202,83 +12201,83 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>591708</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>586781</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -12287,51 +12286,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>591714</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>336</x:v>
@@ -12642,51 +12641,51 @@
       <x:c r="I193" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>591715</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -12846,153 +12845,153 @@
       <x:c r="I197" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>610771</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>586782</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>610792</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -13630,83 +13629,83 @@
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>586783</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -13755,51 +13754,51 @@
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>610728</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
@@ -13866,51 +13865,51 @@
       <x:c r="I217" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>610772</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -13919,51 +13918,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>610795</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>332</x:v>
@@ -14087,136 +14086,136 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>586784</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -14522,51 +14521,51 @@
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42817</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>610729</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
@@ -14682,51 +14681,51 @@
       <x:c r="I233" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>610774</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -14735,51 +14734,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>332</x:v>
@@ -14939,100 +14938,100 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>610794</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>586785</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -15347,51 +15346,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>610773</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>332</x:v>
@@ -15537,51 +15536,51 @@
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>485</x:v>
@@ -15613,69 +15612,69 @@
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -15726,51 +15725,51 @@
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
@@ -15783,51 +15782,51 @@
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
@@ -15894,120 +15893,120 @@
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>602526</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -16031,87 +16030,87 @@
       <x:c r="M258" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>601752</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>592016</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
@@ -16124,1272 +16123,1273 @@
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>592022</x:v>
+        <x:v>596698</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>476</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>35344</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>596698</x:v>
+        <x:v>493628</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>35344</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>12520</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>493628</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>479</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>597475</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>516</x:v>
-[...1 lines deleted...]
-      <x:c r="C265" s="3" t="s"/>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C265" s="3" t="n">
+        <x:v>35368</x:v>
+      </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>597475</x:v>
+        <x:v>596697</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>35368</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>596697</x:v>
+        <x:v>592347</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>37964</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
+      <x:c r="E267" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>592347</x:v>
+        <x:v>611253</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>37964</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>611253</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>35406</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12587</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>592531</x:v>
+        <x:v>596713</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>476</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>35406</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>12587</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>596713</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
-      <x:c r="E271" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>604287</x:v>
+        <x:v>592166</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592166</x:v>
+        <x:v>592168</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>592168</x:v>
+        <x:v>591907</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>591907</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>37964</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>591909</x:v>
+        <x:v>597146</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>37964</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>597146</x:v>
+        <x:v>592023</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>592023</x:v>
+        <x:v>592350</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>40109</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>24121</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>592350</x:v>
+        <x:v>592391</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>40109</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>24121</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>592391</x:v>
+        <x:v>591904</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>591904</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>592020</x:v>
+        <x:v>592022</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
@@ -17399,77 +17399,77 @@
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>37</x:v>
@@ -17528,59 +17528,59 @@
       <x:c r="M285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>52</x:v>
@@ -17593,88 +17593,88 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>592320</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
@@ -17684,182 +17684,182 @@
       <x:c r="I288" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>592019</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>12046</x:v>
@@ -17869,51 +17869,51 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>37</x:v>
@@ -17958,112 +17958,112 @@
       <x:c r="I293" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>596630</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>35406</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>603844</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>41277</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
@@ -18206,87 +18206,87 @@
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>603085</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>586787</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -18316,87 +18316,87 @@
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>603084</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>586788</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -18426,189 +18426,189 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>605100</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>586789</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>586790</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>586791</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>