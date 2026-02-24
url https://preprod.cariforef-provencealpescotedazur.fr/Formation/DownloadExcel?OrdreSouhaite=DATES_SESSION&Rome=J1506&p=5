--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -308,246 +308,246 @@
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation en Soins Infirmiers Saint Jacques</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier(ière)</x:t>
   </x:si>
   <x:si>
     <x:t>IFSI</x:t>
   </x:si>
   <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Les Escartons de Briançon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Digne les Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier d'Arles Joseph Imbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement de Coopération Sanitaire du Pays d'Aix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GCSPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Cannes Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier de Menton La Palmosa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'État d'infirmier(ière) (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Marseille Saint Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Hospitalier Sainte Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GAUDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour la Formation Sociale et Médico-sociale de Marseille et du Sud-Est - La Blancarde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFSMSMSE LA BLANCARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation des Alpes Maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Sanitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interfed Santé Sociale - Cfa Métiers de l'Hospitalisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERFAH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06500</x:t>
-  </x:si>
-[...193 lines deleted...]
-    <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'infirmier en pratique avancée mention pathologies chroniques stabilisées ; prévention et polypathologies courantes en soins primaires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
@@ -2383,51 +2383,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>594014</x:v>
+        <x:v>594028</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2539,150 +2539,150 @@
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>476389</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G20" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H20" s="14" t="s">
+      <x:c r="I20" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>476418</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -2692,51 +2692,51 @@
       <x:c r="J21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>478079</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2755,175 +2755,175 @@
       <x:c r="J22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>478081</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>478037</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q24" s="16" t="s">
+      <x:c r="R24" s="14" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>476397</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -2966,81 +2966,81 @@
       <x:c r="T25" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G26" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H26" s="14" t="s">
+      <x:c r="I26" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>476419</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
@@ -3416,51 +3416,51 @@
       <x:c r="J33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>533384</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3565,84 +3565,84 @@
         <x:v>525223</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q36" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q36" s="16" t="s">
+      <x:c r="R36" s="14" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>529932</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -3895,51 +3895,51 @@
       <x:c r="J41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>533382</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3983,81 +3983,81 @@
       <x:c r="S42" s="14" t="n">
         <x:v>524202</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
+      <x:c r="R43" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>525202</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4462,78 +4462,78 @@
       <x:c r="U50" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>527202</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4878,141 +4878,141 @@
         <x:v>525222</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H58" s="14" t="s">
+      <x:c r="I58" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>527208</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H59" s="0" t="s">
+      <x:c r="I59" s="4" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>527209</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
@@ -5216,114 +5216,114 @@
       <x:c r="J63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>576639</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G64" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H64" s="14" t="s">
+      <x:c r="I64" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R64" s="14" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>576279</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5372,81 +5372,81 @@
       <x:c r="T65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>594028</x:v>
+        <x:v>594014</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -5696,57 +5696,57 @@
       <x:c r="H71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
+      <x:c r="R71" s="0" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>583339</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -6457,138 +6457,138 @@
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="R84" s="14" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>576132</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="I85" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q85" s="4" t="s">
+      <x:c r="R85" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>576157</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38988</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
@@ -7461,51 +7461,51 @@
       <x:c r="J100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>576637</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7554,147 +7554,147 @@
       <x:c r="T101" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H102" s="14" t="s">
+      <x:c r="I102" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>576280</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q103" s="4" t="s">
+      <x:c r="R103" s="0" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>575841</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
@@ -8074,81 +8074,81 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>577272</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43409</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="Q111" s="4" t="s">
+      <x:c r="R111" s="0" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>577423</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>34963</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -8220,106 +8220,106 @@
       <x:c r="J113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>43458</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>578123</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="H114" s="14" t="s">
+      <x:c r="I114" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="R114" s="14" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>588036</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>34963</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -9309,75 +9309,75 @@
       <x:c r="S132" s="14" t="n">
         <x:v>594016</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>594018</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
@@ -9447,51 +9447,51 @@
       <x:c r="J135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>594030</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -9617,51 +9617,51 @@
       <x:c r="J138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>43448</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>594032</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39923</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>230</x:v>
       </x:c>