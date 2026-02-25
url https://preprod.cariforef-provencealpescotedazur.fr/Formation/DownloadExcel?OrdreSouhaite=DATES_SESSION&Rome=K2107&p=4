--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -3377,307 +3377,307 @@
         <x:v>105</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>602896</x:v>
+        <x:v>602887</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>602898</x:v>
+        <x:v>602896</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>602914</x:v>
+        <x:v>602898</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602912</x:v>
+        <x:v>602914</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>602911</x:v>
+        <x:v>602912</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>602887</x:v>
+        <x:v>602911</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>121</x:v>