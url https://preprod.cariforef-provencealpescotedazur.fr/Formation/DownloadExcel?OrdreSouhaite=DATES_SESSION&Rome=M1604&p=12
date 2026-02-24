--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -395,56 +395,56 @@
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ifte Aix</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Ifte Aix</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME (Contrat de Professionnalisation)</x:t>
@@ -833,125 +833,125 @@
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Pierre et Marie Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Beaussier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ism Fénélon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS GPME - Gestion de la PME</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Pierre et Marie Curie</x:t>
-[...67 lines deleted...]
-  <x:si>
     <x:t>Assistant de direction (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BUSINESS SCHOOL</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
@@ -1565,50 +1565,56 @@
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise artisanale</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro Manager et développer une TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
+    <x:t>Esgcv - Esarc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esgcv - Esarc - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME module télétravail</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
@@ -1641,56 +1647,50 @@
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat formation</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce, vente, marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Esgcv - Esarc - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
@@ -4202,1271 +4202,1274 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>506139</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>506138</x:v>
+        <x:v>507611</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>507611</x:v>
+        <x:v>495430</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>495430</x:v>
+        <x:v>506132</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>506132</x:v>
+        <x:v>531398</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>531398</x:v>
+        <x:v>496651</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>496651</x:v>
+        <x:v>497620</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>497620</x:v>
+        <x:v>469546</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>469546</x:v>
+        <x:v>499306</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>499306</x:v>
+        <x:v>499308</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>499308</x:v>
+        <x:v>499310</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>499310</x:v>
+        <x:v>487528</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>487528</x:v>
+        <x:v>503837</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>503837</x:v>
+        <x:v>541381</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>541381</x:v>
+        <x:v>506010</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>506010</x:v>
+        <x:v>495320</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>495320</x:v>
+        <x:v>535320</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>535320</x:v>
+        <x:v>558149</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>558149</x:v>
+        <x:v>525364</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>525364</x:v>
+        <x:v>504843</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>504843</x:v>
+        <x:v>497745</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>497745</x:v>
+        <x:v>506138</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -8952,1599 +8955,1603 @@
       <x:c r="S102" s="14" t="n">
         <x:v>495352</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>494819</x:v>
+        <x:v>511027</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>511027</x:v>
+        <x:v>511088</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>511088</x:v>
+        <x:v>495976</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>495976</x:v>
+        <x:v>502385</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="I107" s="4" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q107" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="Q107" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>502385</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>547562</x:v>
+        <x:v>507196</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>507196</x:v>
+        <x:v>507197</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>507197</x:v>
+        <x:v>507198</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>507198</x:v>
+        <x:v>495992</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>495992</x:v>
+        <x:v>494752</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>494752</x:v>
+        <x:v>504947</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>504947</x:v>
+        <x:v>502375</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>502375</x:v>
+        <x:v>502376</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>260</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>271</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>502376</x:v>
+        <x:v>502624</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>272</x:v>
-[...2 lines deleted...]
-        <x:v>273</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>502624</x:v>
+        <x:v>502386</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>502386</x:v>
+        <x:v>502704</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>502704</x:v>
+        <x:v>495346</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>495346</x:v>
+        <x:v>522082</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>522082</x:v>
+        <x:v>522091</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s"/>
+      <x:c r="E122" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>522091</x:v>
+        <x:v>508729</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>508729</x:v>
+        <x:v>508722</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>508722</x:v>
+        <x:v>498767</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>498767</x:v>
+        <x:v>549099</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>549099</x:v>
+        <x:v>522085</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>522085</x:v>
+        <x:v>522087</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>522087</x:v>
+        <x:v>522089</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
+      <x:c r="E129" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>522089</x:v>
+        <x:v>511026</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>100</x:v>
@@ -10552,473 +10559,473 @@
       <x:c r="H130" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>511026</x:v>
+        <x:v>511028</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>511028</x:v>
+        <x:v>511087</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>511087</x:v>
+        <x:v>504975</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>504975</x:v>
+        <x:v>507211</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>507211</x:v>
+        <x:v>507212</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>507212</x:v>
+        <x:v>507214</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>507214</x:v>
+        <x:v>511025</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>511025</x:v>
+        <x:v>511089</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>100</x:v>
@@ -11026,230 +11033,227 @@
       <x:c r="H138" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>511089</x:v>
+        <x:v>511090</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>511090</x:v>
+        <x:v>502673</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>502673</x:v>
+        <x:v>494819</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q141" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R141" s="0" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>522065</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -11455,51 +11459,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>496012</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>49</x:v>
@@ -11628,51 +11632,51 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>515675</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>49</x:v>
@@ -11744,51 +11748,51 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>496007</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>35007</x:v>
@@ -13102,108 +13106,108 @@
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>496029</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -13218,51 +13222,51 @@
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -15078,78 +15082,78 @@
       <x:c r="T208" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>575916</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
@@ -15305,54 +15309,54 @@
       <x:c r="S212" s="14" t="n">
         <x:v>572827</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -15756,88 +15760,88 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>542364</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q221" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R221" s="0" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>542498</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
@@ -16023,51 +16027,51 @@
       <x:c r="J225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>553995</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -16457,75 +16461,75 @@
       <x:c r="S232" s="14" t="n">
         <x:v>575659</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>545029</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
@@ -16836,112 +16840,112 @@
       <x:c r="H239" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>556276</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>546529</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
@@ -17715,57 +17719,57 @@
       <x:c r="H254" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q254" s="16" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="R254" s="14" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>556404</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -17982,81 +17986,81 @@
       <x:c r="S258" s="14" t="n">
         <x:v>547705</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>547819</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -18100,732 +18104,734 @@
       <x:c r="S260" s="14" t="n">
         <x:v>556279</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>587357</x:v>
+        <x:v>560749</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>560749</x:v>
+        <x:v>548467</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>548467</x:v>
+        <x:v>548516</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>219</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>548516</x:v>
+        <x:v>541097</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
+      <x:c r="E265" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>541097</x:v>
+        <x:v>548448</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>548448</x:v>
+        <x:v>558139</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>558139</x:v>
+        <x:v>549120</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>549120</x:v>
+        <x:v>549218</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>549218</x:v>
+        <x:v>557784</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>485</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>449</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>557784</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>575748</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>575666</x:v>
+        <x:v>575667</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
@@ -18835,1713 +18841,1711 @@
       <x:c r="J273" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>575667</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s"/>
+      <x:c r="E274" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>575668</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
-      <x:c r="E275" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>558137</x:v>
+        <x:v>575855</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s"/>
+      <x:c r="E276" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>575855</x:v>
+        <x:v>553717</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38289</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
-      <x:c r="E277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>553717</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>575662</x:v>
+        <x:v>573423</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>573423</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
-      <x:c r="E280" s="14" t="s"/>
+      <x:c r="E280" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>575853</x:v>
+        <x:v>557578</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>557578</x:v>
+        <x:v>546004</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>546004</x:v>
+        <x:v>546054</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>546054</x:v>
+        <x:v>552915</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="H284" s="14" t="s"/>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>552915</x:v>
+        <x:v>555782</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>555782</x:v>
+        <x:v>556093</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
-      <x:c r="E286" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>556093</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
+      <x:c r="E287" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>101</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>564389</x:v>
+        <x:v>550660</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>550660</x:v>
+        <x:v>549539</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>549539</x:v>
+        <x:v>546503</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>37345</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>334</x:v>
-[...1 lines deleted...]
-      <x:c r="H290" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>35047</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>546503</x:v>
+        <x:v>556277</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
-      <x:c r="E291" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>556277</x:v>
+        <x:v>558631</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
-      <x:c r="E292" s="14" t="s"/>
+      <x:c r="E292" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>558631</x:v>
+        <x:v>552180</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>552180</x:v>
+        <x:v>556509</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>338</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>556509</x:v>
+        <x:v>552575</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>552575</x:v>
+        <x:v>552607</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>552607</x:v>
+        <x:v>550693</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>550693</x:v>
+        <x:v>552314</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>552314</x:v>
+        <x:v>546005</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>546005</x:v>
+        <x:v>552793</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>552793</x:v>
+        <x:v>572165</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>464</x:v>
-[...2 lines deleted...]
-        <x:v>465</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>572165</x:v>
+        <x:v>556214</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -20556,91 +20560,91 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>554025</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>554026</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -20859,132 +20863,132 @@
         <x:v>443</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>571073</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>571088</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
@@ -21147,98 +21151,98 @@
       <x:c r="R312" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>553739</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>581767</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -21253,150 +21257,150 @@
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>575656</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>583754</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
@@ -21432,95 +21436,95 @@
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>545159</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>35004</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>575059</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -21553,51 +21557,51 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>545143</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -21857,75 +21861,75 @@
       <x:c r="T324" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>571076</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
@@ -22020,87 +22024,87 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>555539</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
@@ -22271,95 +22275,95 @@
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>566583</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>35007</x:v>
@@ -22428,88 +22432,88 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>549430</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>542504</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -22614,82 +22618,82 @@
         <x:v>549346</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q338" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R338" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>547563</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -22881,114 +22885,114 @@
       <x:c r="H342" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q342" s="16" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="R342" s="14" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>556476</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q343" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R343" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>547434</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -23118,114 +23122,114 @@
       <x:c r="H346" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>556860</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q347" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R347" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -23528,51 +23532,51 @@
       <x:c r="H353" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>599458</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
@@ -23620,205 +23624,205 @@
       <x:c r="S354" s="14" t="n">
         <x:v>553012</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>189</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>549358</x:v>
+        <x:v>587357</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>556781</x:v>
+        <x:v>549358</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H357" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>556214</x:v>
+        <x:v>556781</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
@@ -23945,54 +23949,54 @@
       <x:c r="I360" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>552836</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -25202,81 +25206,81 @@
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>544967</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
@@ -25485,51 +25489,51 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>35007</x:v>
@@ -25775,51 +25779,51 @@
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>556805</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -25831,563 +25835,561 @@
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>577071</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
+      <x:c r="E393" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>547880</x:v>
+        <x:v>548699</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
-      <x:c r="E394" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="H394" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I394" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>548683</x:v>
+        <x:v>547880</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>548684</x:v>
+        <x:v>548683</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>548700</x:v>
+        <x:v>548684</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>558358</x:v>
+        <x:v>548700</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s"/>
+      <x:c r="E398" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>542500</x:v>
+        <x:v>558358</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
-      <x:c r="E399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>547665</x:v>
+        <x:v>542500</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
-      <x:c r="E400" s="14" t="s"/>
+      <x:c r="E400" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>541106</x:v>
+        <x:v>547665</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>313</x:v>
-[...2 lines deleted...]
-        <x:v>314</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>543828</x:v>
+        <x:v>541106</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
@@ -26396,122 +26398,122 @@
       <x:c r="K402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>578942</x:v>
+        <x:v>543828</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
-      <x:c r="E403" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>548699</x:v>
+        <x:v>578942</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -26799,51 +26801,51 @@
       <x:c r="J409" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>584659</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
@@ -26858,51 +26860,51 @@
       <x:c r="J410" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>584660</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -26977,51 +26979,51 @@
       <x:c r="J412" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>584795</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -27186,82 +27188,82 @@
         <x:v>599145</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>551954</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -27473,81 +27475,81 @@
       <x:c r="S420" s="14" t="n">
         <x:v>548169</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>551975</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -28877,110 +28879,110 @@
       <x:c r="T444" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>545466</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -28993,51 +28995,51 @@
       <x:c r="T446" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -30034,139 +30036,139 @@
       <x:c r="U464" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>599039</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>599040</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>82</x:v>
@@ -31580,55 +31582,55 @@
         <x:v>606564</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -31875,54 +31877,54 @@
       <x:c r="S496" s="14" t="n">
         <x:v>611091</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
@@ -31933,82 +31935,82 @@
         <x:v>599866</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>599867</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -32052,132 +32054,132 @@
         <x:v>643</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>600269</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>608374</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
@@ -32559,94 +32561,94 @@
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>595419</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>35004</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>603515</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
@@ -32739,76 +32741,76 @@
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>594541</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>594535</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
@@ -33309,76 +33311,76 @@
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>607324</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
@@ -33414,269 +33416,269 @@
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>605558</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>607335</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>607792</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>36390</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>35004</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>601920</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>602313</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -33838,98 +33840,98 @@
       <x:c r="S530" s="14" t="n">
         <x:v>608437</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q531" s="4" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R531" s="0" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>605941</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I532" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -34075,75 +34077,75 @@
       <x:c r="T534" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>600272</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
@@ -34160,51 +34162,51 @@
       <x:c r="H536" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>609591</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
@@ -34857,51 +34859,51 @@
       <x:c r="H548" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I548" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>609968</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
@@ -35292,51 +35294,51 @@
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>605180</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>49</x:v>
@@ -35349,51 +35351,51 @@
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>587951</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>35007</x:v>
@@ -35477,75 +35479,75 @@
       <x:c r="T558" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>601749</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
@@ -35701,88 +35703,88 @@
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>602250</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>581338</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
@@ -38072,54 +38074,54 @@
       <x:c r="I604" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>604204</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -38547,51 +38549,51 @@
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>35007</x:v>
@@ -39037,57 +39039,57 @@
       <x:c r="H621" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q621" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="R621" s="0" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>608162</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -39694,78 +39696,78 @@
       <x:c r="S632" s="14" t="n">
         <x:v>594543</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>594545</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
@@ -39973,78 +39975,78 @@
       <x:c r="T637" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>594192</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -40172,51 +40174,51 @@
       <x:c r="H641" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>608111</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
@@ -40233,57 +40235,57 @@
       <x:c r="H642" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I642" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q642" s="16" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="R642" s="14" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>608168</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -40435,108 +40437,108 @@
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>608438</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q646" s="16" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="R646" s="14" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>591163</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>49</x:v>
@@ -40549,93 +40551,93 @@
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>606276</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I648" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>606277</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -40736,81 +40738,81 @@
       <x:c r="S650" s="14" t="n">
         <x:v>609736</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>611036</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
@@ -40852,81 +40854,81 @@
       <x:c r="S652" s="14" t="n">
         <x:v>606241</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q653" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R653" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>606944</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
@@ -41379,82 +41381,82 @@
         <x:v>599457</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>599877</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -41638,51 +41640,51 @@
       <x:c r="H666" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I666" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>599460</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
@@ -41955,51 +41957,51 @@
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>594163</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -42332,51 +42334,51 @@
       <x:c r="J678" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>606238</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -43399,51 +43401,51 @@
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>609466</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="G697" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>49</x:v>
@@ -44234,51 +44236,51 @@
       <x:c r="T710" s="16" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="E711" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -44293,51 +44295,51 @@
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -44466,110 +44468,110 @@
       <x:c r="T714" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="E715" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>601454</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>126</x:v>
       </x:c>