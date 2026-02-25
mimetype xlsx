--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -758,60 +758,60 @@
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
@@ -6935,273 +6935,272 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>502701</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>507233</x:v>
+        <x:v>500794</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>500792</x:v>
+        <x:v>507233</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>233</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>507531</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>500794</x:v>
+        <x:v>507531</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -7709,66 +7708,66 @@
       <x:c r="G87" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>500808</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -7899,51 +7898,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>500809</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -9869,51 +9868,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>573057</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -10081,51 +10080,51 @@
       <x:c r="J131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>525947</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
@@ -10140,51 +10139,51 @@
       <x:c r="J132" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>525886</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -11547,51 +11546,51 @@
       <x:c r="J157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>574913</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35093</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -12533,54 +12532,54 @@
       <x:c r="I174" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>575558</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -18802,51 +18801,51 @@
       <x:c r="J282" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>571768</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -20297,51 +20296,51 @@
       <x:c r="J308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -22025,51 +22024,51 @@
       <x:c r="J339" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>540442</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
@@ -22084,51 +22083,51 @@
       <x:c r="J340" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>539855</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -22138,51 +22137,51 @@
       <x:c r="J341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s">
         <x:v>332</x:v>
@@ -22869,51 +22868,51 @@
       <x:c r="J354" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>601747</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -24666,51 +24665,51 @@
       <x:c r="I386" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>592412</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
@@ -30406,51 +30405,51 @@
       <x:c r="I487" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>