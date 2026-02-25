--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -773,180 +773,180 @@
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IS INDUSTRIE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CQPM soudeur industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel soudeur assembleur industriel + GIES 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuyauteur industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Passerelle soudeur nucléaire + RCCM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soudeur international multi procédés (FTJ)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel soudeur en tuyauterie industrielle - Naval</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spécialiste international en soudage (IWS) + Cofrend</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soudeur en tuyauterie industrielle naval</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technologue international en soudage (IWT)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
-  </x:si>
-[...127 lines deleted...]
-    <x:t>TP Soudeur en tuyauterie industrielle + Habilitation GIES 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Pierre Mendes France</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Mention Complémentaire Technicien en Soudage</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en soudage</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2025 00:00:00</x:t>
   </x:si>
@@ -9820,382 +9820,382 @@
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>548060</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>571556</x:v>
+        <x:v>532268</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>532199</x:v>
+        <x:v>571687</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>532197</x:v>
+        <x:v>532270</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>532268</x:v>
+        <x:v>571556</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>571687</x:v>
+        <x:v>532199</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>34738</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>532270</x:v>
+        <x:v>532197</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
@@ -11153,97 +11153,97 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>604683</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>34172</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>540871</x:v>
+        <x:v>527142</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
@@ -11255,51 +11255,51 @@
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>598096</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11312,117 +11312,117 @@
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>598063</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G170" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>579934</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11432,51 +11432,51 @@
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>576738</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
@@ -11491,51 +11491,51 @@
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>604505</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11548,51 +11548,51 @@
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>604444</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
@@ -11607,51 +11607,51 @@
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>598101</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11664,51 +11664,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>598068</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
@@ -11723,51 +11723,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>577352</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11780,51 +11780,51 @@
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>604509</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
@@ -11839,51 +11839,51 @@
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>576741</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11896,51 +11896,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>577355</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
@@ -11955,167 +11955,167 @@
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>604448</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>585767</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G182" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>583279</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -12131,110 +12131,110 @@
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>580718</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>586065</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -12250,110 +12250,110 @@
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>580700</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G186" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>579936</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12366,54 +12366,54 @@
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>570958</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -12425,62 +12425,62 @@
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>571679</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>167</x:v>
@@ -12488,1845 +12488,1849 @@
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>583861</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>583909</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>577406</x:v>
+        <x:v>571555</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>532269</x:v>
+        <x:v>532198</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>576794</x:v>
+        <x:v>532196</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>34172</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>264</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="S194" s="14" t="n">
+        <x:v>532267</x:v>
+      </x:c>
+      <x:c r="T194" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="S194" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T194" s="16" t="s">
+      <x:c r="U194" s="16" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>588078</x:v>
+        <x:v>588021</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>579298</x:v>
+        <x:v>577406</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>571686</x:v>
+        <x:v>532269</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>586066</x:v>
+        <x:v>576794</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="C199" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C199" s="3" t="n">
+        <x:v>40477</x:v>
+      </x:c>
       <x:c r="D199" s="3" t="s"/>
-      <x:c r="E199" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J199" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>579935</x:v>
+        <x:v>588078</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>585768</x:v>
+        <x:v>579298</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23015</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>579160</x:v>
+        <x:v>571686</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>571555</x:v>
+        <x:v>586066</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
+      <x:c r="E203" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>532198</x:v>
+        <x:v>579935</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>532196</x:v>
+        <x:v>585768</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>23015</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>532267</x:v>
+        <x:v>579160</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>40477</x:v>
+        <x:v>34738</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>588021</x:v>
+        <x:v>553947</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>553947</x:v>
+        <x:v>553928</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="U207" s="4" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>553928</x:v>
+        <x:v>525922</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>525922</x:v>
+        <x:v>525861</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s"/>
-      <x:c r="F210" s="14" t="s"/>
+      <x:c r="E210" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="F210" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
       <x:c r="G210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>23004</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>525861</x:v>
+        <x:v>583910</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>272</x:v>
-[...1 lines deleted...]
-      <x:c r="C211" s="3" t="s"/>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="n">
+        <x:v>38337</x:v>
+      </x:c>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J211" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>583910</x:v>
+        <x:v>543716</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>543716</x:v>
+        <x:v>547830</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="U212" s="16" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>547830</x:v>
+        <x:v>573826</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23004</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>573826</x:v>
+        <x:v>582023</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>40477</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>23004</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>582023</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>547814</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38311</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>547814</x:v>
+        <x:v>550281</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>550281</x:v>
+        <x:v>540865</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>540865</x:v>
+        <x:v>558742</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>558742</x:v>
+        <x:v>550206</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -14336,407 +14340,402 @@
       <x:c r="K221" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>550206</x:v>
+        <x:v>550207</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>550207</x:v>
+        <x:v>547758</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
-      <x:c r="E223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>547758</x:v>
+        <x:v>544513</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>544513</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>550209</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38311</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>550209</x:v>
+        <x:v>556581</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38311</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>556581</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>55</x:v>
@@ -14750,51 +14749,51 @@
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>550208</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -14810,51 +14809,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>550210</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
@@ -14988,51 +14987,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>536883</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>25</x:v>
@@ -15046,51 +15045,51 @@
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>536880</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G234" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>166</x:v>
@@ -15115,164 +15114,164 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>536760</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>571411</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G236" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>571356</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
@@ -15332,51 +15331,51 @@
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>555245</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
@@ -15781,51 +15780,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>500955</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -15841,51 +15840,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>500971</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>117</x:v>
@@ -15902,51 +15901,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>500959</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -15962,51 +15961,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>500963</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>117</x:v>
@@ -16023,51 +16022,51 @@
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>500951</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>117</x:v>
       </x:c>