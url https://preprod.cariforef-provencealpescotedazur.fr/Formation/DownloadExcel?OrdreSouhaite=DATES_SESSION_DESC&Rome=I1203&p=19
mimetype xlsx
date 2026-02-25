--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -293,267 +293,267 @@
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation électrique H1 exécutant électricien, haute tension</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP interventions en maintenance technique des bâtiments (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miramas Formation - Cfa Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintenance bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP interventions en maintenance technique des bâtiments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée M Janetti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Vauban</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P et L Poutrain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Beau de Rochas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut pour Déficients Auditifs la Remusade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MARTIN-DE-CRAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Interventions en maintenance technique des bâtiments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BE - BR - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Brink's Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
-    <x:t>permanente</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
-  </x:si>
-[...196 lines deleted...]
-    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
@@ -2774,51 +2774,51 @@
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>609987</x:v>
+        <x:v>606809</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
@@ -3399,449 +3399,449 @@
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>596286</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>596288</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="R30" s="14" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>596287</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>596289</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s">
+      <x:c r="I32" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
+      <x:c r="R32" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>609390</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="H33" s="0" t="s">
+      <x:c r="I33" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>600443</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>493636</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="Q35" s="4" t="s">
+      <x:c r="R35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>606809</x:v>
+        <x:v>609987</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>147</x:v>
@@ -5779,51 +5779,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>583485</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
@@ -6691,51 +6691,51 @@
       <x:c r="M86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>600017</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
@@ -6746,51 +6746,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>600016</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -6803,51 +6803,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>610931</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
@@ -6858,106 +6858,106 @@
       <x:c r="M89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>554710</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>609984</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
@@ -7023,51 +7023,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>609350</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
@@ -7078,149 +7078,149 @@
       <x:c r="M93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>590243</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>606820</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>606819</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -7240,51 +7240,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>610881</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
@@ -7295,94 +7295,94 @@
       <x:c r="M97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>590242</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>606814</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>250</x:v>
@@ -7402,106 +7402,106 @@
       <x:c r="M99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>609296</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>609324</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>77</x:v>
@@ -7509,97 +7509,97 @@
       <x:c r="M101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>610877</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>606812</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>237</x:v>
@@ -7619,51 +7619,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>600025</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -7689,90 +7689,90 @@
         <x:v>246</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>599744</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>609990</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
@@ -7783,103 +7783,103 @@
       <x:c r="M106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>609349</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>609981</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>262</x:v>
@@ -7890,51 +7890,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>610878</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
@@ -7942,108 +7942,108 @@
       <x:c r="M109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>587289</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>606213</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>77</x:v>
@@ -8106,51 +8106,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>609112</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>77</x:v>
@@ -8158,51 +8158,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>609116</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8950,132 +8950,132 @@
       <x:c r="R126" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583918</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>581337</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>581336</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
@@ -9120,76 +9120,76 @@
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>539626</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>566272</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
@@ -9335,51 +9335,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>605516</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -9451,51 +9451,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>544838</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9510,254 +9510,254 @@
       <x:c r="M136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>544840</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>547600</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H138" s="14" t="s">
+      <x:c r="I138" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>548847</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H139" s="0" t="s">
+      <x:c r="I139" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q139" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="Q139" s="4" t="s">
+      <x:c r="R139" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>548800</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H140" s="14" t="s">
+      <x:c r="I140" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -9767,57 +9767,57 @@
       <x:c r="S140" s="14" t="n">
         <x:v>548801</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H141" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H141" s="0" t="s">
+      <x:c r="I141" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -9828,57 +9828,57 @@
         <x:v>548802</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H142" s="14" t="s">
+      <x:c r="I142" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -9930,51 +9930,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>567917</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>288</x:v>
@@ -10115,97 +10115,97 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>580605</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>543665</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -10238,145 +10238,145 @@
       <x:c r="S148" s="14" t="n">
         <x:v>571597</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H149" s="0" t="s">
+      <x:c r="I149" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>548799</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="H150" s="14" t="s">
+      <x:c r="I150" s="16" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R150" s="14" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>549031</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -11031,51 +11031,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>571399</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
@@ -11633,82 +11633,82 @@
       <x:c r="R173" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>568092</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>567974</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>374</x:v>
@@ -11733,89 +11733,89 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>569646</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>567968</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>255</x:v>
@@ -12121,51 +12121,51 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>565302</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
@@ -12180,134 +12180,134 @@
       <x:c r="R183" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>551846</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>567966</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>567977</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -12691,51 +12691,51 @@
       <x:c r="J193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>568103</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -12910,51 +12910,51 @@
       <x:c r="J197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>521191</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
@@ -13340,60 +13340,60 @@
       <x:c r="J205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>555892</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
@@ -13426,51 +13426,51 @@
       <x:c r="S206" s="14" t="n">
         <x:v>504979</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -13484,51 +13484,51 @@
         <x:v>494777</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>96</x:v>
@@ -13542,84 +13542,84 @@
       <x:c r="S208" s="14" t="n">
         <x:v>494776</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="H209" s="0" t="s">
+      <x:c r="I209" s="4" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="R209" s="0" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>497671</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -13643,51 +13643,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>495914</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -13700,197 +13700,197 @@
       <x:c r="M211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>495915</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H212" s="14" t="s">
+      <x:c r="I212" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>498487</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H213" s="0" t="s">
+      <x:c r="I213" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q213" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="Q213" s="4" t="s">
+      <x:c r="R213" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>498488</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H214" s="14" t="s">
+      <x:c r="I214" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -13900,57 +13900,57 @@
       <x:c r="S214" s="14" t="n">
         <x:v>498489</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H215" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H215" s="0" t="s">
+      <x:c r="I215" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -13961,57 +13961,57 @@
         <x:v>498490</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H216" s="14" t="s">
+      <x:c r="I216" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -14021,84 +14021,84 @@
       <x:c r="S216" s="14" t="n">
         <x:v>498491</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H217" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H217" s="0" t="s">
+      <x:c r="I217" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22357</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>548846</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -14118,51 +14118,51 @@
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>535426</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14459,86 +14459,86 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>532360</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>505147</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
@@ -14573,133 +14573,133 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>532536</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>505140</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>505142</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35510</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
@@ -14740,117 +14740,117 @@
         <x:v>368343</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H230" s="14" t="s">
+      <x:c r="I230" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q230" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="Q230" s="16" t="s">
+      <x:c r="R230" s="14" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>454933</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H231" s="0" t="s">
+      <x:c r="I231" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -15028,118 +15028,118 @@
       <x:c r="S234" s="14" t="n">
         <x:v>506358</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H235" s="0" t="s">
+      <x:c r="I235" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>454932</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H236" s="14" t="s">
+      <x:c r="I236" s="16" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -15149,57 +15149,57 @@
       <x:c r="S236" s="14" t="n">
         <x:v>454935</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35696</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H237" s="0" t="s">
+      <x:c r="I237" s="4" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22486</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>299</x:v>
       </x:c>