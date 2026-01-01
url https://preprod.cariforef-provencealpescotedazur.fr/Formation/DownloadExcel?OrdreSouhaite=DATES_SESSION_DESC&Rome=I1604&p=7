--- v0 (2026-01-01)
+++ v1 (2026-01-01)
@@ -1412,87 +1412,87 @@
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>IRVE P2 : installer des bornes de recharge AC avec configuration spécifique pour la communication ou la supervision - ELV002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanique construction réparation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRVE P1 - P2 : installer des bornes de recharge AC avec configuration spécifique pour la communication ou la supervision - ELV012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRVE P2 - P3 : installer des bornes de recharge AC ou DC avec configuration spécifique pour la communication ou la supervision - ELV023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRVE MA1 : Maintenance des Infrastructures de Recharge de Véhicules Electriques alimentées en Courant Alternatif - (MA1) - ELV201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRVE P3 : installer des bornes de recharge de véhicules électriques en charge rapide à haute puissance et en courant continu (DC) - ELV003</x:t>
+  </x:si>
+  <x:si>
     <x:t>IRVE P1 - P2 - P3 : installer des bornes de recharge AC ou DC avec configuration spécifique pour la communication ou la supervision - ELV123</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
-    <x:t>IRVE P2 : installer des bornes de recharge AC avec configuration spécifique pour la communication ou la supervision - ELV002</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>IRVE P1 : installer des bornes de recharge, sans configuration spécifique pour la communication ou la supervision - ELV001</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>IRVE P3 : installer des bornes de recharge de véhicules électriques en charge rapide à haute puissance et en courant continu (DC) - ELV003</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Mécanicien réparateur de véhicules industriels</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel mécanicien réparateur de véhicules industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'établissement responsable technique et opérationnel des systèmes mécaniques et électriques parcours mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
@@ -25036,1998 +25036,1998 @@
         <x:v>323</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="S398" s="14" t="n">
+        <x:v>561407</x:v>
+      </x:c>
+      <x:c r="T398" s="16" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>561413</x:v>
+        <x:v>561409</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>561405</x:v>
+        <x:v>561414</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>561402</x:v>
+        <x:v>561418</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>561403</x:v>
+        <x:v>561427</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>561404</x:v>
+        <x:v>553893</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>561420</x:v>
+        <x:v>553895</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>546243</x:v>
+        <x:v>561410</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>546245</x:v>
+        <x:v>561411</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>553894</x:v>
+        <x:v>561412</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>553896</x:v>
+        <x:v>561424</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>561416</x:v>
+        <x:v>561426</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>561400</x:v>
+        <x:v>561417</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>561421</x:v>
+        <x:v>561422</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>561419</x:v>
+        <x:v>561413</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>561406</x:v>
+        <x:v>561405</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>561408</x:v>
+        <x:v>561402</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>561415</x:v>
+        <x:v>561403</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>546251</x:v>
+        <x:v>561404</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>561401</x:v>
+        <x:v>561420</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>561423</x:v>
+        <x:v>546243</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>561425</x:v>
+        <x:v>546245</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>546250</x:v>
+        <x:v>553894</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>546252</x:v>
+        <x:v>553896</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>546253</x:v>
+        <x:v>561416</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>546210</x:v>
+        <x:v>561400</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>561407</x:v>
+        <x:v>561421</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>561409</x:v>
+        <x:v>561419</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>561414</x:v>
+        <x:v>561406</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>23654</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>561418</x:v>
+        <x:v>561408</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="S428" s="14" t="n">
+        <x:v>561415</x:v>
+      </x:c>
+      <x:c r="T428" s="16" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>553893</x:v>
+        <x:v>546251</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>23651</x:v>
+        <x:v>23654</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>553895</x:v>
+        <x:v>561401</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>561410</x:v>
+        <x:v>561423</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>561411</x:v>
+        <x:v>561425</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>561412</x:v>
+        <x:v>546250</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>561424</x:v>
+        <x:v>546252</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>561426</x:v>
+        <x:v>546253</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>23654</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>561417</x:v>
+        <x:v>546210</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>35227</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -32640,51 +32640,51 @@
       <x:c r="I533" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>524982</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
@@ -32695,51 +32695,51 @@
         <x:v>488</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>524986</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>487</x:v>
@@ -32747,51 +32747,51 @@
       <x:c r="I535" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>23651</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>524976</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>40009</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>48</x:v>
       </x:c>