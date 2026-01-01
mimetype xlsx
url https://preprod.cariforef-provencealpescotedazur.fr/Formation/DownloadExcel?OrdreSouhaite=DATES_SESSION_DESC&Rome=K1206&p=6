--- v0 (2026-01-01)
+++ v1 (2026-01-01)
@@ -998,138 +998,138 @@
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la médiation scientifique et technique</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études culturelles parcours monde anglophone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sociologie parcours sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours sciences de l'éducation et de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours  formation d'adultes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>09/30/2026 00:00:00</x:t>
+    <x:t>Bac pro animation - enfance et personnes âgées (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Gustave Eiffel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur esport</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DEJEPS spécialité animation socio-éducative ou culturelle mention développement de projets, territoires et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2024 00:00:00</x:t>
   </x:si>
@@ -6476,1086 +6476,1088 @@
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>581386</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>40987</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="S85" s="0" t="n">
+        <x:v>575936</x:v>
+      </x:c>
+      <x:c r="T85" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="S85" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T85" s="4" t="s">
+      <x:c r="U85" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>581578</x:v>
+        <x:v>575799</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U86" s="16" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>554849</x:v>
+        <x:v>575933</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U87" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38351</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>555705</x:v>
+        <x:v>575934</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U88" s="16" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>553023</x:v>
+        <x:v>575734</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U89" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>41187</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>557441</x:v>
+        <x:v>581335</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>575937</x:v>
+        <x:v>575731</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U91" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>575936</x:v>
+        <x:v>572355</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>575799</x:v>
+        <x:v>575798</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>575933</x:v>
+        <x:v>575732</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U94" s="16" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>575934</x:v>
+        <x:v>575730</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U95" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>575734</x:v>
+        <x:v>554850</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38185</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>581335</x:v>
+        <x:v>575935</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U97" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s"/>
+      <x:c r="E98" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>575731</x:v>
+        <x:v>549872</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>38351</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>572355</x:v>
+        <x:v>581320</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U99" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>34838</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>575798</x:v>
+        <x:v>564874</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>39698</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>575732</x:v>
+        <x:v>581319</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U101" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>575730</x:v>
+        <x:v>581578</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U102" s="16" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -7565,295 +7567,291 @@
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>554850</x:v>
+        <x:v>554849</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>575935</x:v>
+        <x:v>555705</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>549872</x:v>
+        <x:v>553023</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>40987</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="S106" s="14" t="n">
+        <x:v>557441</x:v>
+      </x:c>
+      <x:c r="T106" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="S106" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>41187</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>564874</x:v>
+        <x:v>575937</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="U107" s="4" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>126</x:v>