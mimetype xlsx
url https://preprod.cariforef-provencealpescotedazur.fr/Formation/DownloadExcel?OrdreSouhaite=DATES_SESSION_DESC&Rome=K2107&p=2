--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -515,162 +515,162 @@
   <x:si>
     <x:t>Musicien enseignant</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle de la Musique - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>CFPM</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur art</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités parcours humanités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de grammaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation enseignant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation d’Histoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation d’Italien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours coopération linguistique et éducative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention philosophie parcours philosophie pratique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Préparation à l’agrégation de lettres modernes</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation enseignant</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention mathématiques et applications (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Préparation à l’agrégation de lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation d’Allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours ingénierie mathématiques et sciences actuarielles</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation de musique</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l'agrégation d'Arts platiques</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>Master mention philosophie parcours philosophie pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de formateur art - Accompagner l'expression et la créativité dans un atelier de peinture libre</x:t>
   </x:si>
   <x:si>
     <x:t>Actions Globales d'Enseignement de Soutien Culturel et Artistique</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AGESCA </x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation FORMATEUR SECURITE ENTREPRISE – CACES®</x:t>
   </x:si>
@@ -3871,311 +3871,311 @@
       <x:c r="I51" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602896</x:v>
+        <x:v>602887</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>602898</x:v>
+        <x:v>602896</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>602914</x:v>
+        <x:v>602898</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>602912</x:v>
+        <x:v>602914</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>602911</x:v>
+        <x:v>602912</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>602887</x:v>
+        <x:v>602911</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>143</x:v>
@@ -4200,882 +4200,887 @@
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>560662</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39493</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>574966</x:v>
+        <x:v>574943</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="n">
+        <x:v>39416</x:v>
+      </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>44583</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>598358</x:v>
+        <x:v>574970</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>588103</x:v>
+        <x:v>574969</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38963</x:v>
+        <x:v>39479</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>581556</x:v>
+        <x:v>575537</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>574968</x:v>
+        <x:v>581565</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>574972</x:v>
+        <x:v>581566</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>39416</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J64" s="14" t="s"/>
+      <x:c r="J64" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>598357</x:v>
+        <x:v>574973</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C65" s="3" t="s"/>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="n">
+        <x:v>39416</x:v>
+      </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>44583</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>598353</x:v>
+        <x:v>574974</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>11036</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>574967</x:v>
+        <x:v>608326</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598359</x:v>
+        <x:v>598360</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598352</x:v>
+        <x:v>598355</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>574943</x:v>
+        <x:v>598356</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>39506</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>574970</x:v>
+        <x:v>575532</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>39506</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>574969</x:v>
+        <x:v>575533</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39479</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>575537</x:v>
+        <x:v>575780</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -5085,616 +5090,612 @@
       <x:c r="J73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>581565</x:v>
+        <x:v>574966</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C74" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>581566</x:v>
+        <x:v>598358</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>574973</x:v>
+        <x:v>588103</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>574974</x:v>
+        <x:v>581556</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>39493</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>44583</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>608326</x:v>
+        <x:v>574968</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>180</x:v>
-[...1 lines deleted...]
-      <x:c r="C78" s="15" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="n">
+        <x:v>39416</x:v>
+      </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J78" s="14" t="s"/>
+      <x:c r="J78" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>598360</x:v>
+        <x:v>574972</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>598355</x:v>
+        <x:v>598357</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>598356</x:v>
+        <x:v>598353</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>39506</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>15235</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>575532</x:v>
+        <x:v>574967</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C82" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>15235</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>575533</x:v>
+        <x:v>598359</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="J83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>575780</x:v>
+        <x:v>598352</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>