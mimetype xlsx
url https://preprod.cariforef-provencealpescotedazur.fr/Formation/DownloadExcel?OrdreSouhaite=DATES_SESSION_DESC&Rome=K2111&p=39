--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -773,164 +773,164 @@
   <x:si>
     <x:t>Seven Life</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ag2v Management</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bloc 2 : Piloter un dispositif multimodal de formation dans le cadre d'une démarche qualité (Titre Responsable Projets et Ingénierie en formation RPIF / nouveau référentiel)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Responsable Projets et Ingénierie en formation RPIF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable projets et ingénierie en formation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Gambetta</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>03/09/2026 00:00:00</x:t>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir formateur en sécurité incendie - Évacuation - Intervention avec extincteur - PIFF01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Référent handicap en organisme de formation / CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pgm Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Formateur , Salarié , Tout public , Tuteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pédagogie public spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Artisan , Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concepteur médiatiseur pédagogique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Cadre demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conception formation à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre Responsable Projets et Ingénierie en formation RPIF</x:t>
-[...82 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
@@ -1565,143 +1565,143 @@
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FORMATEUR HABILITATION ELECTRIQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur en sauvetage secourisme du travail (SST) - Maintien et actualisation des compétences (MAC)</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GASSIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi Formations Professionnelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eloce - Walter Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Licencié pour motif économique , Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afc Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...85 lines deleted...]
-  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bird Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Musicien enseignant</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle de la Musique - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>CFPM</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur art</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur aux métiers de la sécurité</x:t>
@@ -1778,50 +1778,56 @@
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module VAE IESET Université de Lyon : Recherche Education Formation Approche Méthodologique</x:t>
   </x:si>
   <x:si>
     <x:t>Module VAE IESET Université de Rouen</x:t>
   </x:si>
   <x:si>
     <x:t>FORSE Master 2 IESET Université de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>Module VAE IESET Université de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>FORSE Master 2 IESET (année supplémentaire) Université de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>FORSE Master 2 IESET Université de Rouen</x:t>
   </x:si>
   <x:si>
     <x:t>Module VAE IESET Université de Lyon : Concevoir Animer Accompagner</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
@@ -1829,53 +1835,50 @@
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de cadre de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance Publique des Hôpitaux de Marseille - Institut Régional de Formations Spécialisées en Santé Houphouet Boigny</x:t>
   </x:si>
   <x:si>
     <x:t>IRFSS</x:t>
   </x:si>
   <x:si>
     <x:t>13314</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement santé</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
@@ -1889,53 +1892,50 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Lightmap</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement de Coopération Sanitaire du Pays d'Aix</x:t>
   </x:si>
   <x:si>
     <x:t>GCSPA</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
@@ -2141,84 +2141,84 @@
   <x:si>
     <x:t>Tkl Forma - CFA des 3 Caps</x:t>
   </x:si>
   <x:si>
     <x:t>83420</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
   </x:si>
   <x:si>
     <x:t>M2 INPEF  (Rouen) - Module (VAE) - Fondamentaux théoriques de l'animation et de l'accomp. des personnes en formation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire parcours histoire, pouvoirs et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Digital learning : évaluer l’acquisition des compétences</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 Sciences de l'éducation - Parcours Ingénierie Numérique et Pédagogique en Education et Formation (Rouen)</x:t>
   </x:si>
   <x:si>
+    <x:t>Etincelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUVEAU</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours chinois</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2025 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>Permis de former recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agnès Amiez</x:t>
   </x:si>
   <x:si>
     <x:t>83910</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation Développement Formation</x:t>
   </x:si>
@@ -8270,1366 +8270,1367 @@
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>583221</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>25508</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R87" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="S87" s="0" t="n">
+        <x:v>585563</x:v>
+      </x:c>
+      <x:c r="T87" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="Q87" s="4" t="s">
+      <x:c r="U87" s="4" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>585564</x:v>
+        <x:v>585543</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>583264</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>600053</x:v>
+        <x:v>585544</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>585563</x:v>
+        <x:v>611075</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38953</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>585543</x:v>
+        <x:v>606709</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>585544</x:v>
+        <x:v>611073</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>25508</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R94" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S94" s="14" t="n">
+        <x:v>585564</x:v>
+      </x:c>
+      <x:c r="T94" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="Q94" s="16" t="s">
+      <x:c r="U94" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-        <x:v>246</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="S95" s="0" t="n">
+        <x:v>587734</x:v>
+      </x:c>
+      <x:c r="T95" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="S95" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="J96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>587734</x:v>
+        <x:v>587814</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="U96" s="16" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="C97" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>587814</x:v>
+        <x:v>588302</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>588302</x:v>
+        <x:v>587736</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="U98" s="16" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>587736</x:v>
+        <x:v>610704</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="C100" s="15" t="s"/>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C100" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>251</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="J100" s="14" t="s"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J100" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>610704</x:v>
+        <x:v>566757</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>566757</x:v>
+        <x:v>566783</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>46</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>38</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>566783</x:v>
+        <x:v>611376</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="C103" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C103" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I103" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I103" s="4" t="s">
-        <x:v>256</x:v>
+      <x:c r="J103" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>611376</x:v>
+        <x:v>611474</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s"/>
+      <x:c r="K104" s="14" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q104" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>611474</x:v>
+        <x:v>611375</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I105" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I105" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>611375</x:v>
+        <x:v>611366</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q106" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>611366</x:v>
+        <x:v>611481</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>611481</x:v>
+        <x:v>604631</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C108" s="15" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s"/>
+      <x:c r="E108" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="J108" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J108" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>604631</x:v>
+        <x:v>600053</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I109" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I109" s="4" t="s">
+      <x:c r="K109" s="0" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>611373</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q110" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>611468</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
@@ -9671,79 +9672,79 @@
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>604472</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>611480</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
@@ -9776,84 +9777,84 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>604408</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>611361</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -10061,175 +10062,175 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>546591</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I119" s="4" t="s">
+      <x:c r="K119" s="0" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q119" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>602920</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>581974</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>609478</x:v>
       </x:c>
@@ -10280,429 +10281,429 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>598441</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>545204</x:v>
+        <x:v>611478</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>575932</x:v>
+        <x:v>611467</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>545270</x:v>
+        <x:v>545204</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="C126" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C126" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="H126" s="14" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>256</x:v>
-[...1 lines deleted...]
-      <x:c r="J126" s="14" t="s"/>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="J126" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>611360</x:v>
+        <x:v>575932</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>303</x:v>
-[...1 lines deleted...]
-      <x:c r="C127" s="3" t="s"/>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C127" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="J127" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>31702</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>610907</x:v>
+        <x:v>545270</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>256</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q128" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>611478</x:v>
+        <x:v>611360</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>31702</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>611467</x:v>
+        <x:v>610907</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>313</x:v>
@@ -10826,137 +10827,137 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597724</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I133" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I133" s="4" t="s">
+      <x:c r="K133" s="0" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>598545</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>598549</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>321</x:v>
@@ -11045,117 +11046,117 @@
       <x:c r="R136" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>611251</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I137" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q137" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>611476</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>598712</x:v>
       </x:c>
@@ -11458,209 +11459,209 @@
       <x:c r="M144" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>585574</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>25508</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>611072</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>25508</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>611074</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I147" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I147" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q147" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>586775</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -11687,51 +11688,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>585576</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11808,51 +11809,51 @@
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>603782</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>68</x:v>
@@ -11976,51 +11977,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>590982</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12159,137 +12160,137 @@
       <x:c r="S156" s="14" t="n">
         <x:v>607653</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I157" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q157" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>601520</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q158" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>601522</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
@@ -13602,84 +13603,84 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>608980</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q184" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>598544</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
@@ -13837,79 +13838,79 @@
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>573133</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q188" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>598548</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
@@ -15362,51 +15363,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>598047</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>68</x:v>
@@ -15474,51 +15475,51 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>591404</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>40</x:v>
@@ -15666,51 +15667,51 @@
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>583265</x:v>
       </x:c>
@@ -15765,79 +15766,79 @@
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>591405</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q222" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>586759</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
@@ -16196,1520 +16197,1516 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>602965</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C230" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C230" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>392</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="J230" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J230" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>603938</x:v>
+        <x:v>573120</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>573120</x:v>
+        <x:v>603943</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>494</x:v>
-[...1 lines deleted...]
-      <x:c r="C232" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>392</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="J232" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>603943</x:v>
+        <x:v>573131</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>573131</x:v>
+        <x:v>603935</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>495</x:v>
-[...1 lines deleted...]
-      <x:c r="C234" s="15" t="s"/>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C234" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>392</x:v>
-[...1 lines deleted...]
-      <x:c r="H234" s="14" t="s"/>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>353</x:v>
+      </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="J234" s="14" t="s"/>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="J234" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>603935</x:v>
+        <x:v>579983</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>579983</x:v>
+        <x:v>520494</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>520494</x:v>
+        <x:v>520587</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>520587</x:v>
+        <x:v>579695</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>579487</x:v>
+        <x:v>603938</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
-      <x:c r="E239" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>352</x:v>
-[...2 lines deleted...]
-        <x:v>353</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>579695</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H240" s="14" t="s"/>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>353</x:v>
+      </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>557320</x:v>
+        <x:v>600409</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>352</x:v>
-[...2 lines deleted...]
-        <x:v>353</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>600409</x:v>
+        <x:v>586758</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="U241" s="4" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s"/>
-      <x:c r="F242" s="14" t="s"/>
+      <x:c r="E242" s="14" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F242" s="14" t="s">
+        <x:v>409</x:v>
+      </x:c>
       <x:c r="G242" s="14" t="s">
-        <x:v>255</x:v>
-[...1 lines deleted...]
-      <x:c r="H242" s="14" t="s"/>
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s">
+        <x:v>411</x:v>
+      </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>586758</x:v>
+        <x:v>579684</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
-      <x:c r="E243" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="S243" s="0" t="n">
+        <x:v>576713</x:v>
+      </x:c>
+      <x:c r="T243" s="4" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>576713</x:v>
+        <x:v>579982</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>352</x:v>
-[...2 lines deleted...]
-        <x:v>353</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>579982</x:v>
+        <x:v>572807</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>511</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>572807</x:v>
+        <x:v>587161</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
+      <x:c r="E247" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F247" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>587161</x:v>
+        <x:v>579694</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
+      <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>352</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>579694</x:v>
+        <x:v>583217</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>583217</x:v>
+        <x:v>598041</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>598041</x:v>
+        <x:v>583219</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>583219</x:v>
+        <x:v>583220</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>583220</x:v>
+        <x:v>567052</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>567052</x:v>
+        <x:v>567053</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>567053</x:v>
+        <x:v>580000</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q255" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R255" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="S255" s="0" t="n">
+        <x:v>573115</x:v>
+      </x:c>
+      <x:c r="T255" s="4" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>498</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
@@ -17718,114 +17715,111 @@
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>573115</x:v>
+        <x:v>573130</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>573130</x:v>
+        <x:v>579487</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
@@ -17840,54 +17834,54 @@
       <x:c r="L258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>599222</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18231,51 +18225,51 @@
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>573459</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>545</x:v>
@@ -18286,51 +18280,51 @@
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>573469</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>39</x:v>
@@ -18338,51 +18332,51 @@
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>573466</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>545</x:v>
@@ -18393,51 +18387,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>573460</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>39</x:v>
@@ -18445,51 +18439,51 @@
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>573458</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>545</x:v>
@@ -18500,51 +18494,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>573468</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>39</x:v>
@@ -18552,51 +18546,51 @@
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>573461</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>545</x:v>
@@ -18607,51 +18601,51 @@
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>573463</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>39</x:v>
@@ -18659,51 +18653,51 @@
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>573462</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>545</x:v>
@@ -18714,51 +18708,51 @@
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>573464</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -18832,51 +18826,51 @@
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>573465</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>39</x:v>
@@ -18884,51 +18878,51 @@
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>573467</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>560</x:v>
@@ -18939,51 +18933,51 @@
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>573480</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>39</x:v>
@@ -18991,51 +18985,51 @@
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>573490</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>560</x:v>
@@ -19046,51 +19040,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>573481</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>39</x:v>
@@ -19098,51 +19092,51 @@
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>573483</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>560</x:v>
@@ -19153,51 +19147,51 @@
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>573478</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>39</x:v>
@@ -19205,51 +19199,51 @@
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>573486</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>560</x:v>
@@ -19260,51 +19254,51 @@
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>573488</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>39</x:v>
@@ -19312,51 +19306,51 @@
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>573482</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>560</x:v>
@@ -19367,51 +19361,51 @@
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>573484</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>39</x:v>
@@ -19419,51 +19413,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>573485</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>560</x:v>
@@ -19474,51 +19468,51 @@
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>573487</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>39</x:v>
@@ -19526,51 +19520,51 @@
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>573477</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>560</x:v>
@@ -19581,51 +19575,51 @@
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>573479</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>39</x:v>
@@ -19633,1159 +19627,1155 @@
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>573489</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>40303</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>574016</x:v>
+        <x:v>574317</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>586757</x:v>
+        <x:v>574016</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>569938</x:v>
+        <x:v>586757</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>571</x:v>
-[...2 lines deleted...]
-        <x:v>572</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>568817</x:v>
+        <x:v>569938</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>575</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>574</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="R296" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="S296" s="14" t="n">
+        <x:v>568817</x:v>
+      </x:c>
+      <x:c r="T296" s="16" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="U296" s="16" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
+      <x:c r="E297" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>573129</x:v>
+        <x:v>581190</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
-      <x:c r="E298" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>278</x:v>
-[...1 lines deleted...]
-      <x:c r="H298" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>552034</x:v>
+        <x:v>573129</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
+      <x:c r="E299" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="G299" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="I299" s="4" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K299" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="L299" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M299" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="N299" s="3" t="n">
+        <x:v>15041</x:v>
+      </x:c>
+      <x:c r="O299" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P299" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="Q299" s="4" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="R299" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="S299" s="0" t="n">
+        <x:v>552034</x:v>
+      </x:c>
+      <x:c r="T299" s="4" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="U299" s="4" t="s">
         <x:v>580</x:v>
-      </x:c>
-[...40 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>122</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
-      <x:c r="E300" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H300" s="14" t="s"/>
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
+        <x:v>583</x:v>
+      </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>548179</x:v>
+        <x:v>609278</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
+      <x:c r="E301" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>521110</x:v>
+        <x:v>548179</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>29805</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>562684</x:v>
+        <x:v>521110</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>587700</x:v>
+        <x:v>562684</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>38443</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E304" s="14" t="s"/>
+      <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>43435</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>593</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>576629</x:v>
+        <x:v>587700</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="P305" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="Q305" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="P305" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>576630</x:v>
+        <x:v>576629</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38443</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s"/>
-      <x:c r="F306" s="14" t="s"/>
+      <x:c r="E306" s="14" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="F306" s="14" t="s">
+        <x:v>591</x:v>
+      </x:c>
       <x:c r="G306" s="14" t="s">
-        <x:v>599</x:v>
-[...1 lines deleted...]
-      <x:c r="H306" s="14" t="s"/>
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
+        <x:v>593</x:v>
+      </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>43435</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>575870</x:v>
+        <x:v>576630</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38443</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
-      <x:c r="E307" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="H307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>43435</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>578487</x:v>
+        <x:v>575870</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>29805</x:v>
+        <x:v>38443</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s"/>
-      <x:c r="F308" s="14" t="s"/>
+      <x:c r="E308" s="14" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="F308" s="14" t="s">
+        <x:v>591</x:v>
+      </x:c>
       <x:c r="G308" s="14" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>602</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>43435</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>559907</x:v>
+        <x:v>578487</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38443</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
-      <x:c r="E309" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>603</x:v>
-[...2 lines deleted...]
-        <x:v>604</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>43435</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>576273</x:v>
+        <x:v>559907</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="n">
+        <x:v>38443</x:v>
+      </x:c>
+      <x:c r="D310" s="15" t="s"/>
+      <x:c r="E310" s="14" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="F310" s="14" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="G310" s="14" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="I310" s="16" t="s">
         <x:v>606</x:v>
-      </x:c>
-[...11 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>43435</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>574317</x:v>
+        <x:v>576273</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20870,161 +20860,161 @@
       <x:c r="R312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>581389</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>575936</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q314" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>586774</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -21039,51 +21029,51 @@
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>575866</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -21096,51 +21086,51 @@
       <x:c r="R316" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>575868</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -21155,51 +21145,51 @@
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>575869</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -21212,51 +21202,51 @@
       <x:c r="R318" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>575933</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -21271,51 +21261,51 @@
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>575934</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -21328,51 +21318,51 @@
       <x:c r="R320" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>575699</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -21425,51 +21415,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>573508</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>39</x:v>
@@ -21477,51 +21467,51 @@
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>573510</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>313</x:v>
@@ -21540,108 +21530,108 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>585115</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>590425</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>40</x:v>
@@ -21661,51 +21651,51 @@
       <x:c r="R326" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>581615</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -21773,51 +21763,51 @@
       <x:c r="R328" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>580654</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -21870,59 +21860,59 @@
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>573509</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>40</x:v>
@@ -21944,51 +21934,51 @@
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>585548</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22001,51 +21991,51 @@
       <x:c r="R332" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>575715</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22060,51 +22050,51 @@
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>575720</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22117,51 +22107,51 @@
       <x:c r="R334" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>575540</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22176,51 +22166,51 @@
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>575708</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22233,51 +22223,51 @@
       <x:c r="R336" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>575724</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -22292,51 +22282,51 @@
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -22349,51 +22339,51 @@
       <x:c r="R338" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -22408,51 +22398,51 @@
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22465,51 +22455,51 @@
       <x:c r="R340" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>575725</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22524,51 +22514,51 @@
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>575538</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22581,51 +22571,51 @@
       <x:c r="R342" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>575713</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22693,51 +22683,51 @@
       <x:c r="R344" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>585116</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -22805,51 +22795,51 @@
       <x:c r="R346" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>580661</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -23018,51 +23008,51 @@
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>573449</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>39</x:v>
@@ -23142,51 +23132,51 @@
       <x:c r="R352" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>556232</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -23201,51 +23191,51 @@
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>575714</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -23374,51 +23364,51 @@
       <x:c r="R356" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>557886</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -23433,51 +23423,51 @@
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>575532</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -23490,51 +23480,51 @@
       <x:c r="R358" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>575533</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -23587,66 +23577,66 @@
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>573506</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -23661,51 +23651,51 @@
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>575696</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -23827,51 +23817,51 @@
       <x:c r="R364" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>585117</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -23886,51 +23876,51 @@
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>575867</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -24148,51 +24138,51 @@
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>573505</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24331,51 +24321,51 @@
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>581578</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -24388,51 +24378,51 @@
       <x:c r="R374" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>575697</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -24612,51 +24602,51 @@
       <x:c r="R378" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>585119</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -24671,51 +24661,51 @@
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>575709</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -24728,51 +24718,51 @@
       <x:c r="R380" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>575710</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -24789,106 +24779,106 @@
         <x:v>575711</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q382" s="16" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>572320</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -24903,51 +24893,51 @@
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>575707</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -25069,51 +25059,51 @@
       <x:c r="R386" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>585276</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -25166,59 +25156,59 @@
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>573507</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>68</x:v>
@@ -25240,51 +25230,51 @@
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>563385</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
@@ -25613,100 +25603,100 @@
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>573511</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>545890</x:v>
+        <x:v>578763</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>545</x:v>
@@ -25717,51 +25707,51 @@
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>573512</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -25846,58 +25836,58 @@
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>554853</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -25912,283 +25902,283 @@
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>575698</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>575716</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>575718</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>575719</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>575723</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -26240,54 +26230,54 @@
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>573109</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
@@ -26299,54 +26289,54 @@
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>573128</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26356,51 +26346,51 @@
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>586490</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
@@ -26415,54 +26405,54 @@
       <x:c r="L410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>520586</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26472,54 +26462,54 @@
       <x:c r="L411" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>520493</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26529,205 +26519,205 @@
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>581390</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>545894</x:v>
+        <x:v>545890</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>545883</x:v>
+        <x:v>545894</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>578763</x:v>
+        <x:v>545883</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
@@ -26790,108 +26780,108 @@
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>557317</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>577241</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27156,75 +27146,75 @@
       <x:c r="T423" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>577762</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
@@ -27325,81 +27315,81 @@
       <x:c r="U426" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>572699</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27412,51 +27402,51 @@
       <x:c r="M428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>569986</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
@@ -27518,51 +27508,51 @@
       <x:c r="M430" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>526601</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
@@ -27960,51 +27950,51 @@
       <x:c r="M438" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>571018</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28091,90 +28081,90 @@
       <x:c r="R440" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>520492</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I441" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q441" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>573016</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
@@ -28183,51 +28173,51 @@
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>572669</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -28413,159 +28403,159 @@
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>578141</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>585547</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>563386</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
@@ -28600,81 +28590,81 @@
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>569939</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -28690,51 +28680,51 @@
       <x:c r="M451" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>556661</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="G452" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
@@ -28807,51 +28797,51 @@
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>538050</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28864,88 +28854,88 @@
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>538051</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I455" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I455" s="4" t="s">
+      <x:c r="K455" s="0" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q455" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>572715</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
@@ -28978,80 +28968,80 @@
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>557313</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I457" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="I457" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q457" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>572370</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
@@ -29376,75 +29366,75 @@
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>526016</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
@@ -29541,51 +29531,51 @@
       <x:c r="R466" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>537860</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
@@ -29709,51 +29699,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>573766</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>25</x:v>
@@ -30531,51 +30521,51 @@
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>536075</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>40</x:v>
@@ -30698,51 +30688,51 @@
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>535929</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -33178,75 +33168,75 @@
       <x:c r="T533" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>533564</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
@@ -34035,51 +34025,51 @@
       <x:c r="M549" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>442197</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="I550" s="16" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
@@ -34168,76 +34158,76 @@
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>578523</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>456835</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
@@ -35019,51 +35009,51 @@
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>276694</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C569" s="3" t="s"/>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>741</x:v>