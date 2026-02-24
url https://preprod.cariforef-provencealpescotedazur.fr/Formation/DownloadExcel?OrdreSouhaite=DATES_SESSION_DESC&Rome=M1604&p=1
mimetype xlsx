--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -1976,248 +1976,248 @@
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre National d'Enseignement à Distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHASSENEUIL-DU-POITOU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Triphase Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours comptabilité, contrôle, audit (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours Méthodes Informatiques Appliquées à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours entreprise et administration des PME-PMO</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours International Program in Economics and Management</x:t>
   </x:si>
   <x:si>
-    <x:t>My Academy</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention économie et gestion parcours management des affaires et du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours économie et management des firmes et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours économie finance</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre National d'Enseignement à Distance</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
-    <x:t>CHASSENEUIL-DU-POITOU</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours management comptable et financier</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration économique et sociale parcours administration des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences-U Lyon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTS gestion de la PME (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours double licence droit économie gestion</x:t>
   </x:si>
   <x:si>
     <x:t>BTS gestion de la PME module télétravail</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention économie et gestion parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
-    <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce, vente, marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
@@ -2432,54 +2432,54 @@
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Jean Moulin</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School</x:t>
   </x:si>
   <x:si>
     <x:t>83150</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School - Antenne Sanary sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83110</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
@@ -22194,681 +22194,679 @@
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>577071</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
-      <x:c r="E332" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="H332" s="14" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>548699</x:v>
+        <x:v>547880</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
+      <x:c r="E333" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>547880</x:v>
+        <x:v>548683</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>548683</x:v>
+        <x:v>548684</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>548684</x:v>
+        <x:v>548700</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>548700</x:v>
+        <x:v>558358</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
-      <x:c r="E337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>558358</x:v>
+        <x:v>542500</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s"/>
+      <x:c r="E338" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>542500</x:v>
+        <x:v>547665</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
-      <x:c r="E339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>547665</x:v>
+        <x:v>541106</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="H340" s="14" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>541106</x:v>
+        <x:v>543828</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>543828</x:v>
+        <x:v>578942</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s"/>
+      <x:c r="E342" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>578942</x:v>
+        <x:v>548699</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>622</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23526,9603 +23524,9602 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>550520</x:v>
+        <x:v>549358</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>637</x:v>
-[...1 lines deleted...]
-      <x:c r="H356" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H356" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>547290</x:v>
+        <x:v>556781</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>325</x:v>
-[...2 lines deleted...]
-        <x:v>326</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>558138</x:v>
+        <x:v>556214</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="I358" s="16" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="J358" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K358" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="H358" s="14" t="s">
+      <x:c r="L358" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M358" s="14" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="N358" s="15" t="n">
+        <x:v>35007</x:v>
+      </x:c>
+      <x:c r="O358" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P358" s="14" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q358" s="16" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="R358" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="I358" s="16" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>575669</x:v>
+        <x:v>580636</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>35386</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
+      <x:c r="E359" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>640</x:v>
-[...2 lines deleted...]
-        <x:v>641</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>575970</x:v>
+        <x:v>549467</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s"/>
+      <x:c r="E360" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>491</x:v>
-[...1 lines deleted...]
-      <x:c r="H360" s="14" t="s"/>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s">
+        <x:v>309</x:v>
+      </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>542362</x:v>
+        <x:v>552836</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
+      <x:c r="E361" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>542364</x:v>
+        <x:v>553244</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>36521</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s"/>
+      <x:c r="E362" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>542498</x:v>
+        <x:v>548466</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>642</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>35923</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>575655</x:v>
+        <x:v>554805</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s"/>
+      <x:c r="E364" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>575664</x:v>
+        <x:v>554832</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
+      <x:c r="E365" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H365" s="0" t="s">
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>542423</x:v>
+        <x:v>555014</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
-      <x:c r="E366" s="14" t="s"/>
+      <x:c r="E366" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>553995</x:v>
+        <x:v>548900</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>552181</x:v>
+        <x:v>549468</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>552313</x:v>
+        <x:v>550694</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
+      <x:c r="E369" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>575660</x:v>
+        <x:v>558150</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>649</x:v>
-[...1 lines deleted...]
-      <x:c r="H370" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I370" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>587355</x:v>
+        <x:v>549100</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>575663</x:v>
+        <x:v>572365</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s"/>
+      <x:c r="E372" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>575658</x:v>
+        <x:v>587356</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C373" s="3" t="n">
+        <x:v>38364</x:v>
+      </x:c>
+      <x:c r="D373" s="3" t="s"/>
+      <x:c r="E373" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G373" s="0" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="I373" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="C373" s="3" t="n">
-[...11 lines deleted...]
-      </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>575659</x:v>
+        <x:v>549436</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>545029</x:v>
+        <x:v>549437</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>204</x:v>
-[...2 lines deleted...]
-        <x:v>355</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>572162</x:v>
+        <x:v>549469</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>545661</x:v>
+        <x:v>587358</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>545649</x:v>
+        <x:v>550520</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>546058</x:v>
+        <x:v>547290</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>556092</x:v>
+        <x:v>558138</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
-      <x:c r="E380" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>556276</x:v>
+        <x:v>575669</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>546529</x:v>
+        <x:v>575970</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>547146</x:v>
+        <x:v>542362</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
-      <x:c r="E383" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>502</x:v>
-[...2 lines deleted...]
-        <x:v>503</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>546431</x:v>
+        <x:v>542364</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>654</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
-      <x:c r="E384" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>556776</x:v>
+        <x:v>542498</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
-      <x:c r="E385" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H385" s="0" t="s">
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>546869</x:v>
+        <x:v>575655</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="H386" s="14" t="s"/>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s">
+        <x:v>660</x:v>
+      </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>572477</x:v>
+        <x:v>575664</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>573429</x:v>
+        <x:v>542423</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
-      <x:c r="E388" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>553019</x:v>
+        <x:v>553995</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
+      <x:c r="E389" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>573426</x:v>
+        <x:v>552181</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s"/>
+      <x:c r="E390" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>542522</x:v>
+        <x:v>552313</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
-      <x:c r="E391" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>555822</x:v>
+        <x:v>575660</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>301</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>555823</x:v>
+        <x:v>587355</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
-      <x:c r="E393" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>552271</x:v>
+        <x:v>575663</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
-      <x:c r="E394" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>491</x:v>
-[...1 lines deleted...]
-      <x:c r="H394" s="14" t="s"/>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s">
+        <x:v>660</x:v>
+      </x:c>
       <x:c r="I394" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>545664</x:v>
+        <x:v>575658</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
-      <x:c r="E395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>556404</x:v>
+        <x:v>575659</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>37345</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>545998</x:v>
+        <x:v>545029</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>559993</x:v>
+        <x:v>572162</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>549431</x:v>
+        <x:v>545661</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>547705</x:v>
+        <x:v>545649</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>547819</x:v>
+        <x:v>546058</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>622</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>556279</x:v>
+        <x:v>556092</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>371</x:v>
-[...1 lines deleted...]
-      <x:c r="H402" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>560749</x:v>
+        <x:v>556276</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>548467</x:v>
+        <x:v>546529</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>664</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>548516</x:v>
+        <x:v>547146</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
+      <x:c r="E405" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H405" s="0" t="s">
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>541097</x:v>
+        <x:v>546431</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>548448</x:v>
+        <x:v>556776</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>325</x:v>
-[...2 lines deleted...]
-        <x:v>326</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>558139</x:v>
+        <x:v>546869</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
-      <x:c r="E408" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>405</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>549120</x:v>
+        <x:v>572477</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>667</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
-      <x:c r="E409" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>549218</x:v>
+        <x:v>573429</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>668</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>669</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>557784</x:v>
+        <x:v>553019</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="I411" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="J411" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K411" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="H411" s="0" t="s">
+      <x:c r="L411" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M411" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="N411" s="3" t="n">
+        <x:v>35007</x:v>
+      </x:c>
+      <x:c r="O411" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P411" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q411" s="4" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="R411" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="I411" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>575748</x:v>
+        <x:v>573426</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>575666</x:v>
+        <x:v>542522</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
+      <x:c r="E413" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>575667</x:v>
+        <x:v>555822</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
-      <x:c r="E414" s="14" t="s"/>
+      <x:c r="E414" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>575668</x:v>
+        <x:v>555823</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>325</x:v>
-[...2 lines deleted...]
-        <x:v>326</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>558137</x:v>
+        <x:v>552271</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
-      <x:c r="E416" s="14" t="s"/>
+      <x:c r="E416" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>575855</x:v>
+        <x:v>545664</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38289</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>553717</x:v>
+        <x:v>556404</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s"/>
+      <x:c r="E418" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>575662</x:v>
+        <x:v>545998</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>573423</x:v>
+        <x:v>559993</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
-      <x:c r="E420" s="14" t="s"/>
+      <x:c r="E420" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>575853</x:v>
+        <x:v>549431</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>557578</x:v>
+        <x:v>547705</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>546004</x:v>
+        <x:v>547819</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>546054</x:v>
+        <x:v>556279</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>552915</x:v>
+        <x:v>587357</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>302</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>555782</x:v>
+        <x:v>560749</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>479</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>556093</x:v>
+        <x:v>548467</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>30122</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
+      <x:c r="E427" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>564389</x:v>
+        <x:v>548516</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>628</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
-      <x:c r="E428" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>550660</x:v>
+        <x:v>541097</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>549539</x:v>
+        <x:v>548448</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>37345</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="H430" s="14" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s">
+        <x:v>326</x:v>
+      </x:c>
       <x:c r="I430" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>35047</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>546503</x:v>
+        <x:v>558139</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>556277</x:v>
+        <x:v>549120</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s"/>
+      <x:c r="E432" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>558631</x:v>
+        <x:v>549218</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>552180</x:v>
+        <x:v>557784</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
-      <x:c r="E434" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>556509</x:v>
+        <x:v>575748</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
-      <x:c r="E435" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>552575</x:v>
+        <x:v>575666</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
-      <x:c r="E436" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>375</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>660</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>552607</x:v>
+        <x:v>575667</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
-      <x:c r="E437" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>550693</x:v>
+        <x:v>575668</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>647</x:v>
-[...1 lines deleted...]
-      <x:c r="H438" s="14" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="H438" s="14" t="s">
+        <x:v>326</x:v>
+      </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>552314</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
-      <x:c r="E439" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>546005</x:v>
+        <x:v>575855</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>552793</x:v>
+        <x:v>553717</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
-      <x:c r="E441" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>572165</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>554025</x:v>
+        <x:v>573423</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>554026</x:v>
+        <x:v>575853</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>550659</x:v>
+        <x:v>557578</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>564626</x:v>
+        <x:v>546004</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>552586</x:v>
+        <x:v>546054</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
+      <x:c r="E447" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>271</x:v>
-[...2 lines deleted...]
-        <x:v>272</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>553996</x:v>
+        <x:v>552915</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>571073</x:v>
+        <x:v>555782</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>571088</x:v>
+        <x:v>556093</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
-      <x:c r="E450" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>465</x:v>
-[...1 lines deleted...]
-      <x:c r="H450" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I450" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>546014</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>547772</x:v>
+        <x:v>550660</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>308</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>553739</x:v>
+        <x:v>549539</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
+      <x:c r="E453" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>581767</x:v>
+        <x:v>546503</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s"/>
+      <x:c r="E454" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>575656</x:v>
+        <x:v>556277</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
-      <x:c r="E455" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>583754</x:v>
+        <x:v>558631</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>39018</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
-      <x:c r="E456" s="14" t="s"/>
+      <x:c r="E456" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>631</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>581203</x:v>
+        <x:v>552180</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>545159</x:v>
+        <x:v>556509</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>36390</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>237</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>35004</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>575059</x:v>
+        <x:v>552575</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>337</x:v>
-[...2 lines deleted...]
-        <x:v>269</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>545143</x:v>
+        <x:v>552607</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
-      <x:c r="E460" s="14" t="s"/>
+      <x:c r="E460" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>554790</x:v>
+        <x:v>550693</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
+      <x:c r="E461" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>271</x:v>
-[...2 lines deleted...]
-        <x:v>272</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>554806</x:v>
+        <x:v>552314</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>545558</x:v>
+        <x:v>546005</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H463" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>545645</x:v>
+        <x:v>552793</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>465</x:v>
-[...1 lines deleted...]
-      <x:c r="H464" s="14" t="s"/>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H464" s="14" t="s">
+        <x:v>355</x:v>
+      </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>546013</x:v>
+        <x:v>572165</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
-      <x:c r="E465" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>571076</x:v>
+        <x:v>554025</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>371</x:v>
-[...1 lines deleted...]
-      <x:c r="H466" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>560707</x:v>
+        <x:v>554026</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>555539</x:v>
+        <x:v>550659</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
-      <x:c r="E468" s="14" t="s"/>
+      <x:c r="E468" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>577316</x:v>
+        <x:v>564626</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>38289</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>308</x:v>
-[...2 lines deleted...]
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>553183</x:v>
+        <x:v>552586</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="H470" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I470" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>572475</x:v>
+        <x:v>553996</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>556779</x:v>
+        <x:v>571073</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>566583</x:v>
+        <x:v>571088</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
+      <x:c r="E473" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>572814</x:v>
+        <x:v>546014</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>549430</x:v>
+        <x:v>547772</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
+      <x:c r="E475" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H475" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>542504</x:v>
+        <x:v>553739</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>549244</x:v>
+        <x:v>581767</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
-      <x:c r="E477" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>549346</x:v>
+        <x:v>575656</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
-        <x:v>38</x:v>
-[...1 lines deleted...]
-      <x:c r="F478" s="14" t="s"/>
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F478" s="14" t="s">
+        <x:v>693</x:v>
+      </x:c>
       <x:c r="G478" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>547563</x:v>
+        <x:v>583754</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
-      <x:c r="E479" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>555781</x:v>
+        <x:v>581203</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>556401</x:v>
+        <x:v>545159</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>36390</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35004</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>556403</x:v>
+        <x:v>575059</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>556476</x:v>
+        <x:v>545143</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
-      <x:c r="E483" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>547434</x:v>
+        <x:v>554790</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H484" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I484" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>546960</x:v>
+        <x:v>554806</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>477</x:v>
-[...2 lines deleted...]
-        <x:v>478</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>547092</x:v>
+        <x:v>545558</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>556860</x:v>
+        <x:v>545645</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>547460</x:v>
+        <x:v>546013</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>694</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>556869</x:v>
+        <x:v>571076</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>547771</x:v>
+        <x:v>560707</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>552315</x:v>
+        <x:v>555539</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
-      <x:c r="E491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>552626</x:v>
+        <x:v>577316</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38289</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="H492" s="14" t="s"/>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H492" s="14" t="s">
+        <x:v>309</x:v>
+      </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>547784</x:v>
+        <x:v>553183</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
-      <x:c r="E493" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>479</x:v>
-[...2 lines deleted...]
-        <x:v>480</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>599458</x:v>
+        <x:v>572475</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="H494" s="14" t="s"/>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H494" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>553012</x:v>
+        <x:v>556779</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>587357</x:v>
+        <x:v>566583</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>293</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>549358</x:v>
+        <x:v>572814</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>556781</x:v>
+        <x:v>549430</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
-      <x:c r="E498" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>556214</x:v>
+        <x:v>542504</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
+      <x:c r="E499" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>580636</x:v>
+        <x:v>549244</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H500" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>549467</x:v>
+        <x:v>549346</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>38289</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>308</x:v>
-[...2 lines deleted...]
-        <x:v>309</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>552836</x:v>
+        <x:v>547563</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>553244</x:v>
+        <x:v>555781</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
-        <x:v>36521</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>548466</x:v>
+        <x:v>556401</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s"/>
+      <x:c r="E504" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>554805</x:v>
+        <x:v>556403</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>554832</x:v>
+        <x:v>556476</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>348</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>555014</x:v>
+        <x:v>547434</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>696</x:v>
-[...2 lines deleted...]
-        <x:v>697</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>548900</x:v>
+        <x:v>546960</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H508" s="14" t="s"/>
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="H508" s="14" t="s">
+        <x:v>478</x:v>
+      </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>549468</x:v>
+        <x:v>547092</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>550694</x:v>
+        <x:v>556860</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>325</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>558150</x:v>
+        <x:v>547460</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>549100</x:v>
+        <x:v>556869</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
-      <x:c r="E512" s="14" t="s"/>
+      <x:c r="E512" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>572365</x:v>
+        <x:v>547771</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>587356</x:v>
+        <x:v>552315</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>549436</x:v>
+        <x:v>552626</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>549437</x:v>
+        <x:v>547784</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H516" s="14" t="s"/>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="H516" s="14" t="s">
+        <x:v>480</x:v>
+      </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>549469</x:v>
+        <x:v>599458</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>587358</x:v>
+        <x:v>553012</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -33253,51 +33250,51 @@
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>547444</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
@@ -33648,51 +33645,51 @@
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34038,132 +34035,132 @@
       <x:c r="R534" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>505776</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>562906</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>562905</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
@@ -34554,51 +34551,51 @@
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>554305</x:v>
       </x:c>
@@ -35401,96 +35398,96 @@
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>509519</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>694</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>497641</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
@@ -37582,379 +37579,379 @@
         <x:v>495352</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>511027</x:v>
+        <x:v>494819</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>511088</x:v>
+        <x:v>511027</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>374</x:v>
-[...1 lines deleted...]
-      <x:c r="H598" s="14" t="s"/>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s">
+        <x:v>272</x:v>
+      </x:c>
       <x:c r="I598" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>495976</x:v>
+        <x:v>511088</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="E599" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>502385</x:v>
+        <x:v>495976</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>547562</x:v>
+        <x:v>502385</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>507196</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>783</x:v>
@@ -37969,1097 +37966,1098 @@
       <x:c r="K602" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>507197</x:v>
+        <x:v>507196</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>507198</x:v>
+        <x:v>507197</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>495992</x:v>
+        <x:v>507198</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>494752</x:v>
+        <x:v>495992</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>504947</x:v>
+        <x:v>494752</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>502375</x:v>
+        <x:v>504947</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>502376</x:v>
+        <x:v>502375</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>288</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>502624</x:v>
+        <x:v>502376</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
-        <x:v>782</x:v>
-[...1 lines deleted...]
-      <x:c r="H610" s="14" t="s"/>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H610" s="14" t="s">
+        <x:v>288</x:v>
+      </x:c>
       <x:c r="I610" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>782</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>502386</x:v>
+        <x:v>502624</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>502704</x:v>
+        <x:v>502386</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>495346</x:v>
+        <x:v>502704</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
+      <x:c r="E613" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>522082</x:v>
+        <x:v>495346</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>271</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>522091</x:v>
+        <x:v>522082</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>37345</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
-      <x:c r="E615" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H615" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>508729</x:v>
+        <x:v>522091</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>37345</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>508722</x:v>
+        <x:v>508729</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>498767</x:v>
+        <x:v>508722</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>549099</x:v>
+        <x:v>498767</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>786</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
+      <x:c r="E619" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>522085</x:v>
+        <x:v>549099</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I620" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>522087</x:v>
+        <x:v>522085</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -39069,296 +39067,297 @@
       <x:c r="J621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>522089</x:v>
+        <x:v>522087</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
-      <x:c r="E622" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I622" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>511026</x:v>
+        <x:v>522089</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>511028</x:v>
+        <x:v>511026</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I624" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>511087</x:v>
+        <x:v>511028</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H625" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>504843</x:v>
+        <x:v>511087</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
@@ -39655,51 +39654,51 @@
       <x:c r="H631" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>511089</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
@@ -39793,801 +39792,805 @@
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>502673</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
-      <x:c r="E634" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>494819</x:v>
+        <x:v>522065</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
+      <x:c r="E635" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>522065</x:v>
+        <x:v>513657</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38667</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>352</x:v>
-[...1 lines deleted...]
-      <x:c r="H636" s="14" t="s"/>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H636" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
       <x:c r="I636" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>513657</x:v>
+        <x:v>531396</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>38667</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>35018</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>531396</x:v>
+        <x:v>508962</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>138</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>508962</x:v>
+        <x:v>496086</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>496086</x:v>
+        <x:v>496163</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
-      <x:c r="E640" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>496163</x:v>
+        <x:v>469545</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
+      <x:c r="E641" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G641" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="H641" s="0" t="s">
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>469545</x:v>
+        <x:v>506768</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>479</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>506768</x:v>
+        <x:v>506886</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H643" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>506886</x:v>
+        <x:v>508958</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
-      <x:c r="E644" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>508958</x:v>
+        <x:v>504167</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
-        <x:v>38364</x:v>
+        <x:v>38363</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
+      <x:c r="E645" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>271</x:v>
-[...2 lines deleted...]
-        <x:v>272</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
-        <x:v>32139</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>504167</x:v>
+        <x:v>506139</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>506139</x:v>
+        <x:v>506138</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -40600,110 +40603,110 @@
       <x:c r="L647" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>507611</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>495430</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -40716,51 +40719,51 @@
       <x:c r="L649" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>506132</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s">
         <x:v>302</x:v>
@@ -40777,108 +40780,108 @@
       <x:c r="L650" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>531398</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>496651</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
@@ -40893,105 +40896,105 @@
       <x:c r="L652" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>497620</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>469546</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
@@ -41006,51 +41009,51 @@
       <x:c r="L654" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>499306</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -41063,51 +41066,51 @@
       <x:c r="L655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>499308</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
@@ -41122,105 +41125,105 @@
       <x:c r="L656" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>499310</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>487528</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s">
         <x:v>192</x:v>
@@ -41237,51 +41240,51 @@
       <x:c r="L658" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>503837</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
@@ -41297,110 +41300,110 @@
       <x:c r="L659" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>541381</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>506010</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -41413,110 +41416,110 @@
       <x:c r="L661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>495320</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>535320</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -41532,232 +41535,231 @@
       <x:c r="L663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>525364</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
-        <x:v>38363</x:v>
+        <x:v>38364</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>403</x:v>
-[...2 lines deleted...]
-        <x:v>404</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>32139</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>497745</x:v>
+        <x:v>504843</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="H666" s="14" t="s"/>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H666" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
       <x:c r="I666" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>506138</x:v>
+        <x:v>497745</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="E667" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41767,51 +41769,51 @@
       <x:c r="L667" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>506140</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
@@ -41826,51 +41828,51 @@
       <x:c r="L668" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>498163</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>793</x:v>
       </x:c>
@@ -41883,51 +41885,51 @@
       <x:c r="L669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>505579</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s">
         <x:v>480</x:v>
@@ -41944,51 +41946,51 @@
       <x:c r="L670" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>537070</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
@@ -42001,51 +42003,51 @@
       <x:c r="L671" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>501339</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
         <x:v>139</x:v>
@@ -42062,51 +42064,51 @@
       <x:c r="L672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>507301</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="E673" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -42122,51 +42124,51 @@
       <x:c r="L673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>507308</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s">
         <x:v>309</x:v>
@@ -42183,51 +42185,51 @@
       <x:c r="L674" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>502224</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -42237,51 +42239,51 @@
       <x:c r="L675" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>504646</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -42294,51 +42296,51 @@
       <x:c r="L676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>504647</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="E677" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -42351,51 +42353,51 @@
       <x:c r="L677" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>506133</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
@@ -42410,51 +42412,51 @@
       <x:c r="L678" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>506134</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -42464,51 +42466,51 @@
       <x:c r="L679" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>504648</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -42521,111 +42523,111 @@
       <x:c r="L680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>504649</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="E681" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>504715</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s">
         <x:v>309</x:v>
@@ -42642,111 +42644,111 @@
       <x:c r="L682" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>502161</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="E683" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>504699</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
@@ -42761,51 +42763,51 @@
       <x:c r="L684" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>503072</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -42815,112 +42817,112 @@
       <x:c r="L685" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>487531</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I686" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>531387</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -42933,51 +42935,51 @@
       <x:c r="L687" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>504467</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
         <x:v>503</x:v>
@@ -42994,51 +42996,51 @@
       <x:c r="L688" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>496116</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -43054,51 +43056,51 @@
       <x:c r="L689" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>502427</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s">
         <x:v>302</x:v>
@@ -43115,167 +43117,167 @@
       <x:c r="L690" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>502429</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>496649</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>647</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>496650</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="E693" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -43291,110 +43293,110 @@
       <x:c r="L693" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
         <x:v>508945</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>662</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>525365</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
@@ -43410,51 +43412,51 @@
       <x:c r="L695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>506766</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I696" s="16" t="s">
@@ -43469,108 +43471,108 @@
       <x:c r="L696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>509258</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
         <x:v>535324</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
@@ -43585,51 +43587,51 @@
       <x:c r="L698" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
         <x:v>499978</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="E699" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
@@ -43639,118 +43641,118 @@
       <x:c r="J699" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
         <x:v>500428</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s">
-        <x:v>665</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I700" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>666</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>500512</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="E701" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
@@ -43763,51 +43765,51 @@
       <x:c r="L701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>497608</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
         <x:v>802</x:v>
@@ -43824,51 +43826,51 @@
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>512872</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="E703" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
@@ -43884,51 +43886,51 @@
       <x:c r="L703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>512887</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
         <x:v>269</x:v>
@@ -43945,108 +43947,108 @@
       <x:c r="L704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>515212</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="E705" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>516288</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s">
         <x:v>478</x:v>
@@ -44063,51 +44065,51 @@
       <x:c r="L706" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>498703</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="E707" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -44120,51 +44122,51 @@
       <x:c r="L707" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
         <x:v>501313</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
         <x:v>309</x:v>
@@ -44181,51 +44183,51 @@
       <x:c r="L708" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>501683</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -44235,51 +44237,51 @@
       <x:c r="L709" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>533781</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s">
         <x:v>269</x:v>
@@ -44296,108 +44298,108 @@
       <x:c r="L710" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
         <x:v>515164</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="E711" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
         <x:v>504839</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
@@ -44412,51 +44414,51 @@
       <x:c r="L712" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>495316</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="E713" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
@@ -44469,51 +44471,51 @@
       <x:c r="L713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>501358</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
@@ -44528,51 +44530,51 @@
       <x:c r="L714" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
         <x:v>501294</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -44582,110 +44584,110 @@
       <x:c r="L715" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
         <x:v>533794</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s"/>
       <x:c r="I716" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
         <x:v>505976</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -44698,51 +44700,51 @@
       <x:c r="L717" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>507612</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
@@ -44757,51 +44759,51 @@
       <x:c r="L718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>506644</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -44811,51 +44813,51 @@
       <x:c r="L719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>537317</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
@@ -44870,51 +44872,51 @@
       <x:c r="L720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>552909</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C721" s="3" t="s"/>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="G721" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>27</x:v>