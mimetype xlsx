--- v0 (2026-01-01)
+++ v1 (2026-01-02)
@@ -2126,215 +2126,230 @@
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Nice - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation à la carte (management et gestion de projet)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prevot Strat et Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Développement Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux parcours cybersécurité et réponse à incident pour les systèmes d’information, industriels et urbains (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité télécommunication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développeur intégrateur de solutions intranet/internet (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technologie internet intranet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention entrepreneuriat et management de projets Parcours Entrepreneuriat et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Microéconomie</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers des réseaux informatiques et télécommunications parcours réseau sans fil et haut débit</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
-    <x:t>06/16/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Alpes Développement Formation</x:t>
-[...97 lines deleted...]
-  <x:si>
     <x:t>Administrateur Systèmes et Réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Weecast - Tuto.com</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Digital project manager - chef de projet numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
@@ -2354,75 +2369,60 @@
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur système DevOps</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité avancé : hacking et sécurité réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur systèmes, réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur systèmes, réseaux et cybersécurité (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation à la carte (management et gestion de projet)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vos Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Serveur et administration systèmes - gestion et sécurisation des infrastructures</x:t>
   </x:si>
@@ -21924,1633 +21924,1633 @@
         <x:v>523</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>591087</x:v>
+        <x:v>591056</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>591056</x:v>
+        <x:v>591079</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>591079</x:v>
+        <x:v>591081</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>591081</x:v>
+        <x:v>591088</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>591088</x:v>
+        <x:v>591090</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>591090</x:v>
+        <x:v>591095</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>591095</x:v>
+        <x:v>591097</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>591097</x:v>
+        <x:v>591099</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>591099</x:v>
+        <x:v>591104</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>591104</x:v>
+        <x:v>591050</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>591050</x:v>
+        <x:v>591051</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>591051</x:v>
+        <x:v>591052</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>591052</x:v>
+        <x:v>591053</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>591053</x:v>
+        <x:v>591083</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>591083</x:v>
+        <x:v>601329</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>601329</x:v>
+        <x:v>591055</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>591055</x:v>
+        <x:v>591080</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>591080</x:v>
+        <x:v>591089</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>591089</x:v>
+        <x:v>591096</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>591096</x:v>
+        <x:v>591098</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>591098</x:v>
+        <x:v>591091</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>591091</x:v>
+        <x:v>591092</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>591092</x:v>
+        <x:v>591093</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>591093</x:v>
+        <x:v>591084</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>591084</x:v>
+        <x:v>591085</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>591085</x:v>
+        <x:v>591086</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>591086</x:v>
+        <x:v>591101</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>591101</x:v>
+        <x:v>591102</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>591102</x:v>
+        <x:v>591103</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>591103</x:v>
+        <x:v>591058</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>591058</x:v>
+        <x:v>591075</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>591075</x:v>
+        <x:v>591076</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>523</x:v>
@@ -23559,153 +23559,153 @@
       <x:c r="K368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>591076</x:v>
+        <x:v>591077</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>591077</x:v>
+        <x:v>591078</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>591078</x:v>
+        <x:v>591087</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>26</x:v>
@@ -28304,7349 +28304,7338 @@
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>553984</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>325</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H452" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>538411</x:v>
+        <x:v>574956</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>35401</x:v>
+        <x:v>35476</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
-      <x:c r="E453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>554904</x:v>
+        <x:v>575979</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>685</x:v>
-[...1 lines deleted...]
-      <x:c r="C454" s="15" t="s"/>
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C454" s="15" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H454" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I454" s="16" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="J454" s="14" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J454" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>574568</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>552640</x:v>
+        <x:v>554883</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
-      <x:c r="E456" s="14" t="s"/>
+      <x:c r="E456" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>687</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>574913</x:v>
+        <x:v>555058</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H457" s="0" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>574959</x:v>
+        <x:v>579573</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>574994</x:v>
+        <x:v>579575</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>35093</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>552565</x:v>
+        <x:v>556375</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>552585</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
-      <x:c r="E461" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>288</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>554884</x:v>
+        <x:v>588472</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
-      <x:c r="E462" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>45</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>552919</x:v>
+        <x:v>570652</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>684</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
+      <x:c r="E463" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>574909</x:v>
+        <x:v>549377</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
-      <x:c r="E464" s="14" t="s"/>
+      <x:c r="E464" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>574911</x:v>
+        <x:v>549126</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>35922</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
+      <x:c r="E465" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>13133</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>575029</x:v>
+        <x:v>549511</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s"/>
+      <x:c r="E466" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>588471</x:v>
+        <x:v>549512</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>600666</x:v>
+        <x:v>549513</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>622</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>622</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>552108</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
-      <x:c r="E469" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>571049</x:v>
+        <x:v>556960</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>571293</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
+      <x:c r="E471" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>574908</x:v>
+        <x:v>549693</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>699</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>40288</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s"/>
+      <x:c r="E472" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>687</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>574942</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>38974</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>581344</x:v>
+        <x:v>573182</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>249</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>554010</x:v>
+        <x:v>573280</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
+      <x:c r="E475" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>575556</x:v>
+        <x:v>549510</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>687</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>574995</x:v>
+        <x:v>549515</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>40123</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>575558</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>549227</x:v>
+        <x:v>549356</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>277</x:v>
-[...2 lines deleted...]
-        <x:v>278</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>546712</x:v>
+        <x:v>549692</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>547581</x:v>
+        <x:v>549733</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>29964</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
+      <x:c r="E481" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>249</x:v>
-[...2 lines deleted...]
-        <x:v>250</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>581442</x:v>
+        <x:v>600661</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>687</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>581573</x:v>
+        <x:v>538341</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="C483" s="3" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C483" s="3" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D483" s="3" t="s"/>
+      <x:c r="E483" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>707</x:v>
-[...2 lines deleted...]
-        <x:v>708</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="J483" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>572397</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>29964</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H484" s="14" t="s"/>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s">
+        <x:v>182</x:v>
+      </x:c>
       <x:c r="I484" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>549734</x:v>
+        <x:v>558155</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>547580</x:v>
+        <x:v>549232</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s"/>
+      <x:c r="E486" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="H486" s="14" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>710</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
+      <x:c r="E487" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>551783</x:v>
+        <x:v>552569</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>545173</x:v>
+        <x:v>549272</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>550682</x:v>
+        <x:v>556381</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
-      <x:c r="E490" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H490" s="14" t="s"/>
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="H490" s="14" t="s">
+        <x:v>716</x:v>
+      </x:c>
       <x:c r="I490" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>552569</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
-      <x:c r="E491" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>353</x:v>
-[...2 lines deleted...]
-        <x:v>354</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>549272</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>556381</x:v>
+        <x:v>557621</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>40744</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
+      <x:c r="E493" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>24293</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>599305</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s"/>
+      <x:c r="E494" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="H494" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H494" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I494" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>599724</x:v>
+        <x:v>557603</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
-      <x:c r="E495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>358</x:v>
-[...2 lines deleted...]
-        <x:v>359</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>557621</x:v>
+        <x:v>538324</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>353</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>538405</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
-      <x:c r="E497" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>557603</x:v>
+        <x:v>574912</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>325</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>35908</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H498" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>538324</x:v>
+        <x:v>575017</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
+      <x:c r="E499" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H499" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>538405</x:v>
+        <x:v>556373</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>687</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>574912</x:v>
+        <x:v>543714</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
-        <x:v>35908</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
+      <x:c r="E501" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>575017</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>556373</x:v>
+        <x:v>545167</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>543714</x:v>
+        <x:v>554769</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>332</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>556789</x:v>
+        <x:v>543713</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
-      <x:c r="E505" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>545167</x:v>
+        <x:v>574960</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>554769</x:v>
+        <x:v>556958</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>543713</x:v>
+        <x:v>598399</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>34999</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
-      <x:c r="E508" s="14" t="s"/>
+      <x:c r="E508" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>574960</x:v>
+        <x:v>564566</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
+      <x:c r="E509" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>556958</x:v>
+        <x:v>549352</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
-      <x:c r="E510" s="14" t="s"/>
+      <x:c r="E510" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>598399</x:v>
+        <x:v>565695</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>34999</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
-      <x:c r="E511" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>277</x:v>
-[...2 lines deleted...]
-        <x:v>278</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>24223</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>564566</x:v>
+        <x:v>588470</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>549352</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H513" s="0" t="s">
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>565695</x:v>
+        <x:v>558867</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
-      <x:c r="E514" s="14" t="s"/>
+      <x:c r="E514" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>588470</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>287</x:v>
-[...2 lines deleted...]
-        <x:v>288</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>556125</x:v>
+        <x:v>553018</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
-      <x:c r="E516" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>558867</x:v>
+        <x:v>579574</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
-      <x:c r="E517" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>552918</x:v>
+        <x:v>588473</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>553018</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H519" s="0" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>579574</x:v>
+        <x:v>574957</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="H520" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H520" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I520" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>588473</x:v>
+        <x:v>574958</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
-      <x:c r="E521" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>550690</x:v>
+        <x:v>538411</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>35401</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
-      <x:c r="E522" s="14" t="s"/>
+      <x:c r="E522" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>574957</x:v>
+        <x:v>554904</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>726</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>574958</x:v>
+        <x:v>574568</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
-      <x:c r="E524" s="14" t="s"/>
+      <x:c r="E524" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>687</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>574956</x:v>
+        <x:v>552640</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>35476</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>575979</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>688</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>574955</x:v>
+        <x:v>574959</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
-      <x:c r="E527" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>554883</x:v>
+        <x:v>574994</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>555058</x:v>
+        <x:v>552565</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
+      <x:c r="E529" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-        <x:v>688</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>579573</x:v>
+        <x:v>552585</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
-      <x:c r="E530" s="14" t="s"/>
+      <x:c r="E530" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>579575</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>249</x:v>
-[...2 lines deleted...]
-        <x:v>250</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>556375</x:v>
+        <x:v>552919</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
-      <x:c r="E532" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>327</x:v>
-[...1 lines deleted...]
-      <x:c r="H532" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H532" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I532" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>588358</x:v>
+        <x:v>574909</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>588472</x:v>
+        <x:v>574911</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35922</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
-      <x:c r="E534" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>13133</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>549377</x:v>
+        <x:v>575029</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
-      <x:c r="E535" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>707</x:v>
-[...2 lines deleted...]
-        <x:v>708</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>709</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>549126</x:v>
+        <x:v>588471</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>549511</x:v>
+        <x:v>600666</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>549512</x:v>
+        <x:v>552108</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>222</x:v>
-[...1 lines deleted...]
-      <x:c r="H538" s="14" t="s"/>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H538" s="14" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="I538" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>549513</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
-      <x:c r="E539" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H539" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>549514</x:v>
+        <x:v>571293</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>556960</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>517234</x:v>
+        <x:v>574942</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
-      <x:c r="E542" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H542" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H542" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I542" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>549693</x:v>
+        <x:v>581344</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
-      <x:c r="E543" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H543" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>552931</x:v>
+        <x:v>554010</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="H544" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H544" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I544" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>573182</x:v>
+        <x:v>575556</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>710</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>573280</x:v>
+        <x:v>574995</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>222</x:v>
-[...1 lines deleted...]
-      <x:c r="H546" s="14" t="s"/>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H546" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I546" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>549510</x:v>
+        <x:v>575558</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>549515</x:v>
+        <x:v>549227</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
-      <x:c r="E548" s="14" t="s"/>
+      <x:c r="E548" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="H548" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="I548" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>573843</x:v>
+        <x:v>546712</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>337</x:v>
-[...2 lines deleted...]
-        <x:v>338</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>549356</x:v>
+        <x:v>547581</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>29964</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
-      <x:c r="E550" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H550" s="14" t="s"/>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H550" s="14" t="s">
+        <x:v>250</x:v>
+      </x:c>
       <x:c r="I550" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>549692</x:v>
+        <x:v>581442</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
-      <x:c r="E551" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>549733</x:v>
+        <x:v>581573</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
-      <x:c r="E552" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>706</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>600661</x:v>
+        <x:v>572397</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
+      <x:c r="E553" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>538341</x:v>
+        <x:v>549734</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>588357</x:v>
+        <x:v>547580</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>29964</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
-      <x:c r="E555" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>181</x:v>
-[...2 lines deleted...]
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>558155</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>353</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>549232</x:v>
+        <x:v>551783</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>558640</x:v>
+        <x:v>545173</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>740</x:v>
-[...1 lines deleted...]
-      <x:c r="C558" s="15" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C558" s="15" t="n">
+        <x:v>40792</x:v>
+      </x:c>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s"/>
+      <x:c r="E558" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>275</x:v>
-[...1 lines deleted...]
-      <x:c r="J558" s="14" t="s"/>
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="J558" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>580864</x:v>
+        <x:v>550682</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>580866</x:v>
+        <x:v>580864</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>580868</x:v>
+        <x:v>580866</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>745</x:v>
-[...1 lines deleted...]
-      <x:c r="H561" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>46339</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="R561" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="S561" s="0" t="n">
+        <x:v>580868</x:v>
+      </x:c>
+      <x:c r="T561" s="4" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="R561" s="0" t="s">
+      <x:c r="U561" s="4" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C562" s="15" t="s"/>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>749</x:v>
-[...1 lines deleted...]
-      <x:c r="H562" s="14" t="s"/>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s">
+        <x:v>751</x:v>
+      </x:c>
       <x:c r="I562" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s"/>
       <x:c r="K562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>578640</x:v>
+        <x:v>584952</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>751</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>578852</x:v>
+        <x:v>578640</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>36061</x:v>
+        <x:v>36462</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>30812</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>578825</x:v>
+        <x:v>578852</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>755</x:v>
-[...1 lines deleted...]
-      <x:c r="C565" s="3" t="s"/>
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="C565" s="3" t="n">
+        <x:v>36061</x:v>
+      </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="J565" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>605331</x:v>
+        <x:v>578825</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>605312</x:v>
+        <x:v>605331</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-        <x:v>635</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>577816</x:v>
+        <x:v>605312</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>757</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C568" s="15" t="s"/>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
-        <x:v>747</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="J568" s="14" t="s"/>
       <x:c r="K568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>580622</x:v>
+        <x:v>577816</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>758</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>759</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>40356</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>580623</x:v>
+        <x:v>580622</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>758</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>761</x:v>
-[...1 lines deleted...]
-      <x:c r="C570" s="15" t="s"/>
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="C570" s="15" t="n">
+        <x:v>40356</x:v>
+      </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>762</x:v>
-[...1 lines deleted...]
-      <x:c r="H570" s="14" t="s"/>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s">
+        <x:v>751</x:v>
+      </x:c>
       <x:c r="I570" s="16" t="s">
-        <x:v>763</x:v>
-[...1 lines deleted...]
-      <x:c r="J570" s="14" t="s"/>
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="J570" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="R570" s="14" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="S570" s="14" t="n">
+        <x:v>580623</x:v>
+      </x:c>
+      <x:c r="T570" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="R570" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="T570" s="16" t="s">
+      <x:c r="U570" s="16" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C571" s="3" t="s"/>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>570555</x:v>
+        <x:v>572378</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C572" s="15" t="s"/>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s"/>
       <x:c r="K572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="S572" s="14" t="n">
+        <x:v>570555</x:v>
+      </x:c>
+      <x:c r="T572" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
-      <x:c r="S572" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T572" s="16" t="s">
+      <x:c r="U572" s="16" t="s">
         <x:v>769</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C573" s="3" t="s"/>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>570653</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C574" s="15" t="s"/>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s"/>
       <x:c r="K574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>570648</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>769</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>570650</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>570651</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>769</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C577" s="3" t="s"/>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>570647</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>769</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>569883</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>569747</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
@@ -35675,83 +35664,83 @@
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>569695</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>569267</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
@@ -36963,51 +36952,51 @@
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>566918</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C606" s="15" t="s"/>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
@@ -37575,85 +37564,85 @@
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>557983</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>559248</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
@@ -37791,85 +37780,85 @@
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>532640</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
@@ -39322,153 +39311,153 @@
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>499454</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>499876</x:v>
+        <x:v>499873</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>499873</x:v>
+        <x:v>499876</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
@@ -39904,75 +39893,75 @@
       <x:c r="S660" s="14" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
@@ -42286,81 +42275,81 @@
       <x:c r="S702" s="14" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="E703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H703" s="0" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="I703" s="4" t="s">
         <x:v>707</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="Q703" s="4" t="s">
         <x:v>707</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>495523</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
@@ -42432,51 +42421,51 @@
       <x:c r="H705" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>504710</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
@@ -42899,51 +42888,51 @@
       <x:c r="H713" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
         <x:v>504711</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
@@ -44041,205 +44030,205 @@
         <x:v>888</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>514138</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="C733" s="3" t="s"/>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>580628</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="C734" s="15" t="s"/>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I734" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s"/>
       <x:c r="K734" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
         <x:v>578593</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
         <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C735" s="3" t="s"/>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C736" s="15" t="s"/>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s"/>
       <x:c r="I736" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s"/>
       <x:c r="K736" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
@@ -44248,139 +44237,139 @@
       </x:c>
       <x:c r="P736" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
         <x:v>527230</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="G737" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
         <x:v>538013</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H738" s="14" t="s"/>
       <x:c r="I738" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
         <x:v>551657</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C739" s="3" t="s"/>
@@ -44678,136 +44667,136 @@
         <x:v>198</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C745" s="3" t="s"/>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
         <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="C746" s="15" t="s"/>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I746" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s"/>
       <x:c r="K746" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
         <x:v>578568</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
         <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C747" s="3" t="s"/>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>198</x:v>
@@ -45864,51 +45853,51 @@
       <x:c r="M767" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N767" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O767" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P767" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q767" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R767" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S767" s="0" t="n">
         <x:v>453831</x:v>
       </x:c>
       <x:c r="T767" s="4" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="U767" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:21">
       <x:c r="A768" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B768" s="14" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C768" s="15" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D768" s="15" t="s"/>
       <x:c r="E768" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F768" s="14" t="s"/>
       <x:c r="G768" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H768" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I768" s="16" t="s">
         <x:v>289</x:v>
@@ -45925,51 +45914,51 @@
       <x:c r="M768" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N768" s="15" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O768" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P768" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q768" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R768" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S768" s="14" t="n">
         <x:v>453836</x:v>
       </x:c>
       <x:c r="T768" s="16" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="U768" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:21">
       <x:c r="A769" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="C769" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D769" s="3" t="s"/>
       <x:c r="E769" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I769" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
@@ -45985,51 +45974,51 @@
       <x:c r="M769" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N769" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O769" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P769" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q769" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R769" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S769" s="0" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T769" s="4" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="U769" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:21">
       <x:c r="A770" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B770" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C770" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D770" s="15" t="s"/>
       <x:c r="E770" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F770" s="14" t="s"/>
       <x:c r="G770" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H770" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I770" s="16" t="s">
         <x:v>289</x:v>
@@ -46046,85 +46035,85 @@
       <x:c r="M770" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N770" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O770" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P770" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q770" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R770" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S770" s="14" t="n">
         <x:v>454246</x:v>
       </x:c>
       <x:c r="T770" s="16" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="U770" s="16" t="s">
-        <x:v>705</x:v>
+        <x:v>743</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:21">
       <x:c r="A771" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C771" s="3" t="s"/>
       <x:c r="D771" s="3" t="s"/>
       <x:c r="G771" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I771" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K771" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L771" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M771" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N771" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O771" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P771" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q771" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R771" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S771" s="0" t="n">
         <x:v>476325</x:v>
       </x:c>
       <x:c r="T771" s="4" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="U771" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:21">
       <x:c r="A772" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B772" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="C772" s="15" t="n">
@@ -46165,81 +46154,81 @@
         <x:v>198</x:v>
       </x:c>
       <x:c r="R772" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S772" s="14" t="n">
         <x:v>474286</x:v>
       </x:c>
       <x:c r="T772" s="16" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="U772" s="16" t="s">
         <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:21">
       <x:c r="A773" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C773" s="3" t="s"/>
       <x:c r="D773" s="3" t="s"/>
       <x:c r="G773" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I773" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="K773" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L773" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M773" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N773" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O773" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="P773" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q773" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R773" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S773" s="0" t="n">
         <x:v>578531</x:v>
       </x:c>
       <x:c r="T773" s="4" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="U773" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:21">
       <x:c r="A774" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B774" s="14" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="C774" s="15" t="s"/>
       <x:c r="D774" s="15" t="n">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="E774" s="14" t="s"/>
       <x:c r="F774" s="14" t="s"/>
       <x:c r="G774" s="14" t="s">