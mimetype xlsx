--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -1136,69 +1136,69 @@
   <x:si>
     <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Dessinateur projeteur nucléaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor 2 3D, Animation, Jeu Vidéo et Industries du futur</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet numérique</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Dessinateur projeteur nucléaire</x:t>
   </x:si>
   <x:si>
     <x:t>Développeur web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Développement web</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pré-MSc</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public sans emploi , Tout public</x:t>
   </x:si>
@@ -11185,289 +11185,286 @@
       <x:c r="H164" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>568843</x:v>
+        <x:v>568840</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C165" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
-      <x:c r="E165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>554510</x:v>
+        <x:v>588346</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>358</x:v>
-[...1 lines deleted...]
-      <x:c r="C166" s="15" t="s"/>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C166" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D166" s="15" t="s"/>
-      <x:c r="E166" s="14" t="s"/>
+      <x:c r="E166" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H166" s="14" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="J166" s="14" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="J166" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>581270</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>37638</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>284</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>568840</x:v>
+        <x:v>554510</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>588346</x:v>
+        <x:v>581270</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -13195,51 +13192,51 @@
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>584952</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
@@ -19180,51 +19177,51 @@
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>578567</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
@@ -19235,51 +19232,51 @@
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>578568</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">