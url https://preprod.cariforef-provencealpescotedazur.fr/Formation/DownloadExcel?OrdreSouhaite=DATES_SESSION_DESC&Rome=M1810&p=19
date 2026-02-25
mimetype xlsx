--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -1694,150 +1694,150 @@
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité télécommunication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Nice - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Développement Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
     <x:t>Administrateur de systèmes d'information (cyber) - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers des réseaux informatiques et télécommunications parcours réseau sans fil et haut débit</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intégration continue</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur Systèmes et Réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Weecast - Tuto.com</x:t>
   </x:si>
@@ -15870,579 +15870,580 @@
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>539768</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>598916</x:v>
+        <x:v>581520</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>581520</x:v>
+        <x:v>581522</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>581522</x:v>
+        <x:v>581518</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>581518</x:v>
+        <x:v>581523</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C236" s="15" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="J236" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>581523</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>558368</x:v>
+        <x:v>581511</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>581511</x:v>
+        <x:v>558396</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>558396</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>581515</x:v>
+        <x:v>558379</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>558379</x:v>
+        <x:v>598916</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>57</x:v>
@@ -20069,107 +20070,103 @@
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>312</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>549272</x:v>
+        <x:v>599724</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -20362,5336 +20359,5345 @@
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>553577</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
+      <x:c r="E311" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>553984</x:v>
+        <x:v>549227</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
-      <x:c r="E312" s="14" t="s"/>
+      <x:c r="E312" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="H312" s="14" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>538411</x:v>
+        <x:v>546712</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>541</x:v>
-[...1 lines deleted...]
-      <x:c r="C313" s="3" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C313" s="3" t="n">
+        <x:v>35340</x:v>
+      </x:c>
       <x:c r="D313" s="3" t="s"/>
+      <x:c r="E313" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J313" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>574568</x:v>
+        <x:v>547581</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>552640</x:v>
+        <x:v>549734</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
+      <x:c r="E315" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>544</x:v>
-[...2 lines deleted...]
-        <x:v>545</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>574913</x:v>
+        <x:v>547580</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>35093</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>552565</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
-      <x:c r="E317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>552585</x:v>
+        <x:v>551783</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>554884</x:v>
+        <x:v>545173</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>37579</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
+      <x:c r="E319" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>544</x:v>
-[...2 lines deleted...]
-        <x:v>545</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>575051</x:v>
+        <x:v>550682</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>552919</x:v>
+        <x:v>552569</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
+      <x:c r="E321" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>574909</x:v>
+        <x:v>549272</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
-      <x:c r="E322" s="14" t="s"/>
+      <x:c r="E322" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>574911</x:v>
+        <x:v>556381</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
+      <x:c r="E323" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>588471</x:v>
+        <x:v>556079</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
-      <x:c r="E324" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H324" s="14" t="s"/>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s">
+        <x:v>548</x:v>
+      </x:c>
       <x:c r="I324" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24293</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>600666</x:v>
+        <x:v>599305</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>552108</x:v>
+        <x:v>557621</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>571049</x:v>
+        <x:v>549238</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>31115</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
+      <x:c r="E327" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>571293</x:v>
+        <x:v>557603</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>544</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>574908</x:v>
+        <x:v>538324</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
+      <x:c r="E329" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>554010</x:v>
+        <x:v>564559</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>544</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>575556</x:v>
+        <x:v>538405</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>40123</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>575558</x:v>
+        <x:v>574912</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>478</x:v>
-[...1 lines deleted...]
-      <x:c r="H332" s="14" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>555060</x:v>
+        <x:v>556373</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
-      <x:c r="E333" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>312</x:v>
-[...2 lines deleted...]
-        <x:v>313</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>549227</x:v>
+        <x:v>543714</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>546712</x:v>
+        <x:v>556789</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>547581</x:v>
+        <x:v>545167</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
-      <x:c r="E336" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="H336" s="14" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H336" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="I336" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>549734</x:v>
+        <x:v>554769</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
-      <x:c r="E337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>547580</x:v>
+        <x:v>543713</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H338" s="14" t="s"/>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H338" s="14" t="s">
+        <x:v>313</x:v>
+      </x:c>
       <x:c r="I338" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>556958</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>551783</x:v>
+        <x:v>598399</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>545173</x:v>
+        <x:v>549352</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>550682</x:v>
+        <x:v>565695</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>552569</x:v>
+        <x:v>588470</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>556381</x:v>
+        <x:v>558867</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>558</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>556079</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>40744</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
+      <x:c r="E345" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>561</x:v>
-[...2 lines deleted...]
-        <x:v>562</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>24293</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>599305</x:v>
+        <x:v>553018</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>599724</x:v>
+        <x:v>588473</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>320</x:v>
-[...2 lines deleted...]
-        <x:v>321</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>557621</x:v>
+        <x:v>550690</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35476</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>549238</x:v>
+        <x:v>575979</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>557603</x:v>
+        <x:v>555740</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
-      <x:c r="E350" s="14" t="s"/>
+      <x:c r="E350" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="H350" s="14" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>538324</x:v>
+        <x:v>555742</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>564559</x:v>
+        <x:v>554883</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s"/>
+      <x:c r="E352" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>538405</x:v>
+        <x:v>555058</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
+      <x:c r="E353" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>574912</x:v>
+        <x:v>556375</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>258</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>556373</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>543714</x:v>
+        <x:v>588472</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>556789</x:v>
+        <x:v>549377</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>545167</x:v>
+        <x:v>549126</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
-      <x:c r="E358" s="14" t="s"/>
+      <x:c r="E358" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>258</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>554769</x:v>
+        <x:v>549511</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
+      <x:c r="E359" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>543713</x:v>
+        <x:v>549512</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s"/>
+      <x:c r="E360" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>312</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>556958</x:v>
+        <x:v>549513</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
+      <x:c r="E361" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>598399</x:v>
+        <x:v>549514</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>549352</x:v>
+        <x:v>556960</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
-      <x:c r="E363" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>565695</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s"/>
+      <x:c r="E364" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>588470</x:v>
+        <x:v>549693</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>180</x:v>
-[...2 lines deleted...]
-        <x:v>181</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>558867</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
-      <x:c r="E366" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>552918</x:v>
+        <x:v>573182</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
-      <x:c r="E367" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>553018</x:v>
+        <x:v>573280</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>588473</x:v>
+        <x:v>549510</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>550690</x:v>
+        <x:v>549515</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>35476</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>544</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>575979</x:v>
+        <x:v>573843</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>37579</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>555740</x:v>
+        <x:v>549356</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>265</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>555742</x:v>
+        <x:v>549692</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>254</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>554883</x:v>
+        <x:v>549733</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>555058</x:v>
+        <x:v>600661</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
-      <x:c r="E375" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>258</x:v>
-[...2 lines deleted...]
-        <x:v>259</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>556375</x:v>
+        <x:v>538341</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>588358</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>588472</x:v>
+        <x:v>549232</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>549377</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>568</x:v>
-[...2 lines deleted...]
-        <x:v>569</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>549126</x:v>
+        <x:v>552107</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
-      <x:c r="E380" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="H380" s="14" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H380" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="I380" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>549511</x:v>
+        <x:v>553984</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
-      <x:c r="E381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>549512</x:v>
+        <x:v>538411</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>549513</x:v>
+        <x:v>574568</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>549514</x:v>
+        <x:v>552640</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>556960</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>35093</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
+      <x:c r="E385" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>258</x:v>
-[...2 lines deleted...]
-        <x:v>259</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>517234</x:v>
+        <x:v>552565</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>549693</x:v>
+        <x:v>552585</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H387" s="0" t="s">
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>552931</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H388" s="14" t="s"/>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="H388" s="14" t="s">
+        <x:v>553</x:v>
+      </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>573182</x:v>
+        <x:v>575051</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
+      <x:c r="E389" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>573280</x:v>
+        <x:v>552919</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="H390" s="14" t="s"/>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s">
+        <x:v>553</x:v>
+      </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>549510</x:v>
+        <x:v>574909</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
-      <x:c r="E391" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>549515</x:v>
+        <x:v>574911</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>573843</x:v>
+        <x:v>588471</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>302</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>549356</x:v>
+        <x:v>600666</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>549692</x:v>
+        <x:v>552108</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>549733</x:v>
+        <x:v>571049</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H396" s="14" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="I396" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>600661</x:v>
+        <x:v>571293</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>538341</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="H398" s="14" t="s"/>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>588357</x:v>
+        <x:v>554010</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>567</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
-      <x:c r="E399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>549232</x:v>
+        <x:v>575556</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
-      <x:c r="E400" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>558640</x:v>
+        <x:v>575558</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>552107</x:v>
+        <x:v>555060</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
@@ -27059,100 +27065,100 @@
       <x:c r="M426" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>568782</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>568783</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
@@ -27161,100 +27167,100 @@
       <x:c r="M428" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>568784</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>568786</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="G430" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>140</x:v>
@@ -27378,100 +27384,100 @@
       <x:c r="M432" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>568785</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>568787</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
@@ -28248,51 +28254,51 @@
       <x:c r="M449" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>559248</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
@@ -29133,51 +29139,51 @@
       <x:c r="G465" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>555059</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
@@ -29308,66 +29314,66 @@
         <x:v>478</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29841,275 +29847,275 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>509531</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>500794</x:v>
+        <x:v>507234</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>507234</x:v>
+        <x:v>502702</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>502702</x:v>
+        <x:v>502701</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>502701</x:v>
+        <x:v>500794</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
@@ -30408,51 +30414,51 @@
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>148</x:v>
@@ -30517,51 +30523,51 @@
       <x:c r="J489" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>502397</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
@@ -30583,99 +30589,99 @@
       <x:c r="M490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>507186</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -30951,84 +30957,84 @@
       <x:c r="S496" s="14" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>495523</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -31100,51 +31106,51 @@
       <x:c r="J499" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>507183</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -31159,51 +31165,51 @@
       <x:c r="J500" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>502370</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -31798,51 +31804,51 @@
       <x:c r="H511" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>504710</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
@@ -32265,51 +32271,51 @@
       <x:c r="H519" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>504711</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
@@ -32828,78 +32834,78 @@
       <x:c r="S528" s="14" t="n">
         <x:v>498292</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>501247</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">