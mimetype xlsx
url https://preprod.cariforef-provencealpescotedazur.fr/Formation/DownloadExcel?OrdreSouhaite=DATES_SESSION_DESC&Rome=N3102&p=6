--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -395,171 +395,171 @@
   <x:si>
     <x:t>CAP</x:t>
   </x:si>
   <x:si>
     <x:t>22560</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Navigation commerce plaisance</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Brevet de capitaine 200 yacht module yacht</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capitaine marine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de mécanicien 250 Kw module sensibilisation maintenance hydrogène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de matelot pont + Certificat de formation de base à la sécurité + Certificat de sensibilisation à la sûreté</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre Européen de Formation Continue Maritime</x:t>
   </x:si>
   <x:si>
     <x:t>CEFCM</x:t>
   </x:si>
   <x:si>
     <x:t>29900</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine 200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanicien bord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
-  </x:si>
-[...103 lines deleted...]
-    <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 - Revalidation</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pôle Tauroentum</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de chef de quart 500  - Théorie</x:t>
   </x:si>
@@ -2417,1203 +2417,1203 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>587646</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39154</x:v>
+        <x:v>39653</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
-      <x:c r="F20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F20" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G20" s="14" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
+      <x:c r="I20" s="16" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K20" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="L20" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M20" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N20" s="15" t="n">
+        <x:v>31892</x:v>
+      </x:c>
+      <x:c r="O20" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="I20" s="16" t="s">
+      <x:c r="P20" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="J20" s="14" t="s">
-[...23 lines deleted...]
-      <x:c r="R20" s="14" t="s">
+      <x:c r="S20" s="14" t="n">
+        <x:v>583958</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="S20" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T20" s="16" t="s">
+      <x:c r="U20" s="16" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>39154</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="s"/>
+      <x:c r="G21" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>21333</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>580980</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...50 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39154</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>21333</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>580980</x:v>
+        <x:v>611153</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>611153</x:v>
+        <x:v>583723</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
+      <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>583723</x:v>
+        <x:v>579995</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I25" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="L25" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>42752</x:v>
+      </x:c>
+      <x:c r="O25" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>583841</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...40 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="C26" s="15" t="s"/>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="n">
+        <x:v>39154</x:v>
+      </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
+      <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="J26" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="Q26" s="16" t="s">
+      <x:c r="R26" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="R26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>583841</x:v>
+        <x:v>599361</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>599361</x:v>
+        <x:v>599362</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>39154</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>21333</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>599362</x:v>
+        <x:v>602349</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602349</x:v>
+        <x:v>583954</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39154</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
+      <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>21333</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="S30" s="14" t="n">
+        <x:v>587645</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>587645</x:v>
+        <x:v>583204</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
-      <x:c r="F32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F32" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>583204</x:v>
+        <x:v>583623</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39154</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>21333</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>583623</x:v>
+        <x:v>580935</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s"/>
-      <x:c r="F34" s="14" t="s"/>
+      <x:c r="E34" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F34" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="G34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>580935</x:v>
+        <x:v>611679</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="U34" s="16" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38863</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31883</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>611679</x:v>
+        <x:v>602348</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>121</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>602348</x:v>
+        <x:v>579994</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>579994</x:v>
+        <x:v>590857</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>590857</x:v>
+        <x:v>590197</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>590196</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -3683,123 +3683,123 @@
       <x:c r="H41" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>583719</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>580934</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -3812,92 +3812,92 @@
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>590855</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>601353</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
@@ -3925,51 +3925,51 @@
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>587644</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -4009,51 +4009,51 @@
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>580938</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -4129,51 +4129,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>578188</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4580,51 +4580,51 @@
         <x:v>39653</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>578717</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4739,60 +4739,60 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>578713</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -4885,82 +4885,82 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>578738</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>583200</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -4979,51 +4979,51 @@
       <x:c r="G64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>583627</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
@@ -5060,51 +5060,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>583624</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5119,51 +5119,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>583207</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -5275,60 +5275,60 @@
       <x:c r="G69" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>583724</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s">
         <x:v>68</x:v>
@@ -5458,117 +5458,117 @@
       <x:c r="J72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>583955</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>579996</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -5739,51 +5739,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>578714</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -5796,51 +5796,51 @@
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>577583</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
@@ -5850,51 +5850,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>578710</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -5982,144 +5982,144 @@
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>581787</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>598834</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>578699</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6132,96 +6132,96 @@
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>578718</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>588173</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -6312,167 +6312,167 @@
       <x:c r="J87" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>583961</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>566239</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>566244</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -6565,84 +6565,84 @@
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>581722</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>579993</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -6655,105 +6655,105 @@
       <x:c r="H93" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>583718</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>578712</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -6789,86 +6789,86 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>578711</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G96" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>583960</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
@@ -6913,84 +6913,84 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>583720</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>577408</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7297,51 +7297,51 @@
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>524697</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
@@ -7519,51 +7519,51 @@
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>531698</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
@@ -7624,60 +7624,60 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>524708</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
@@ -7744,51 +7744,51 @@
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>563837</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -7846,60 +7846,60 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>25337</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>524710</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
@@ -8136,108 +8136,108 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>524691</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>524689</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
@@ -8358,51 +8358,51 @@
         <x:v>39653</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>524699</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
@@ -8415,51 +8415,51 @@
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>524695</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
@@ -8469,51 +8469,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>524693</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -8526,51 +8526,51 @@
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>520480</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
@@ -8580,51 +8580,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>533245</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -8637,51 +8637,51 @@
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31892</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>524711</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
@@ -8691,51 +8691,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>524709</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -8748,51 +8748,51 @@
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>532610</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">