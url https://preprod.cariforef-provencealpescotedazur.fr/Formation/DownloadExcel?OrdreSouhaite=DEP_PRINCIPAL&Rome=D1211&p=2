--- v1 (2025-12-31)
+++ v2 (2026-02-24)
@@ -341,150 +341,150 @@
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCP 1: ""Réaliser la préparation, l'entretien et la réparation courante des cycles et des vélos à assistance électrique"" - Titre professionnel Employé technicien - vendeur en matériel de sport .</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien vendeur en matériel de sport de glisse (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Participer à la vente et la location des matériels et des accessoires de sport - Bloc de compétences du titre professionnel Employé technicien-vendeur en matériel de sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neven Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
-  </x:si>
-[...85 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
@@ -2662,1021 +2662,1022 @@
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>585538</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>35992</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
-      <x:c r="E17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L17" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M17" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N17" s="3" t="n">
+        <x:v>15447</x:v>
+      </x:c>
+      <x:c r="O17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="S17" s="0" t="n">
+        <x:v>585625</x:v>
+      </x:c>
+      <x:c r="T17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="I17" s="4" t="s">
+      <x:c r="U17" s="4" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>585625</x:v>
+        <x:v>585923</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>585923</x:v>
+        <x:v>572015</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>572015</x:v>
+        <x:v>572075</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="J21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>572075</x:v>
+        <x:v>584225</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="C22" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="n">
+        <x:v>37098</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J22" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>15447</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>584225</x:v>
+        <x:v>566747</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>35992</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>15447</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>566747</x:v>
+        <x:v>590146</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>590146</x:v>
+        <x:v>568521</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>568521</x:v>
+        <x:v>568553</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>568553</x:v>
+        <x:v>579145</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35992</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>15447</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>579145</x:v>
+        <x:v>579283</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35992</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>15447</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>579283</x:v>
+        <x:v>602024</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602024</x:v>
+        <x:v>586464</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="S30" s="14" t="n">
+        <x:v>586463</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="U30" s="16" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>603779</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>603779</x:v>
+        <x:v>546278</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>602037</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>130</x:v>
@@ -3684,51 +3685,51 @@
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>555846</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -3775,91 +3776,91 @@
         <x:v>579505</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>611169</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -3927,51 +3928,51 @@
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>608490</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -3981,54 +3982,54 @@
       <x:c r="I39" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>605240</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4131,91 +4132,91 @@
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>605613</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>598763</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -4337,111 +4338,111 @@
       <x:c r="I45" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>552327</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>562773</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4518,51 +4519,51 @@
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>549593</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4578,51 +4579,51 @@
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>502641</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4755,54 +4756,54 @@
       <x:c r="I52" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>546731</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>165</x:v>
@@ -4898,51 +4899,51 @@
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>363402</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -4951,100 +4952,100 @@
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>401115</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>465687</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -5053,100 +5054,100 @@
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>512746</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>564835</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -5265,75 +5266,75 @@
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>512747</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
@@ -5391,100 +5392,100 @@
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>571711</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>571710</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5493,100 +5494,100 @@
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>571712</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>571722</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5745,51 +5746,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>569972</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -5979,51 +5980,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>572857</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -6036,100 +6037,100 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>577268</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>537282</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -6199,51 +6200,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -6452,51 +6453,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6601,51 +6602,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>583448</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -6768,51 +6769,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>599052</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -7020,51 +7021,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>602409</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -7079,81 +7080,81 @@
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>599157</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>583316</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -7166,51 +7167,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>601668</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -7220,157 +7221,157 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>605092</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>601669</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46328</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>520229</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -7383,51 +7384,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>598727</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -7437,51 +7438,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -7747,54 +7748,54 @@
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>586460</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -7866,51 +7867,51 @@
       <x:c r="L108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>603803</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -7923,51 +7924,51 @@
       <x:c r="L109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>599534</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>311</x:v>
@@ -7987,51 +7988,51 @@
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>601960</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -8309,51 +8310,51 @@
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>605457</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -9080,51 +9081,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>571718</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
@@ -9133,51 +9134,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42007</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>571721</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9187,108 +9188,108 @@
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>588060</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9390,51 +9391,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>535974</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -9447,51 +9448,51 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>562770</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -9531,51 +9532,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>566418</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>312</x:v>
@@ -9825,51 +9826,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>551843</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -9885,51 +9886,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>546926</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>130</x:v>
@@ -10219,51 +10220,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -10573,75 +10574,75 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>603006</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>63</x:v>