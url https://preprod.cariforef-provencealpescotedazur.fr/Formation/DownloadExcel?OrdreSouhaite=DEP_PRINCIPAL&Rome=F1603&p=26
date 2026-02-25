--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -332,50 +332,56 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>Piscine</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien d’installation et de maintenance de systèmes énergétiques spécialisé en énergies renouvelables (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Pompe à chaleur</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Installateur en thermique et sanitaire (TP ITS)</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat RGE</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
@@ -407,53 +413,50 @@
   <x:si>
     <x:t>bac pro installateur en chauffage, climatisation et énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>05260</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
-    <x:t>GAP</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Réaliser des installations de chauffage de locaux d’habitation - Bloc de compétences du titre professionnel d'installateur en thermique et sanitaire </x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - FILIALE ENTREPRISE</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
@@ -480,53 +483,50 @@
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP P et L Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>CAP monteur en installations sanitaires</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BS chargé d'intervention élémentaire, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP métiers de la piscine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
@@ -3619,2259 +3619,2265 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>551896</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39223</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P20" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="P20" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>551898</x:v>
+        <x:v>548820</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>579816</x:v>
+        <x:v>551898</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
+      <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>583759</x:v>
+        <x:v>579816</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C23" s="3" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>607196</x:v>
+        <x:v>583759</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>604758</x:v>
+        <x:v>607196</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595563</x:v>
+        <x:v>604758</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>604712</x:v>
+        <x:v>595563</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596327</x:v>
+        <x:v>604712</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578965</x:v>
+        <x:v>596327</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>605966</x:v>
+        <x:v>578965</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>604759</x:v>
+        <x:v>605966</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>604757</x:v>
+        <x:v>604759</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39223</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>601014</x:v>
+        <x:v>604757</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>605519</x:v>
+        <x:v>601014</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>604244</x:v>
+        <x:v>605519</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>604245</x:v>
+        <x:v>604244</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>585916</x:v>
+        <x:v>604245</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>591787</x:v>
+        <x:v>585916</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="S38" s="14" t="n">
+        <x:v>591787</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>585611</x:v>
+        <x:v>585618</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>585909</x:v>
+        <x:v>585611</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="S41" s="0" t="n">
+        <x:v>585909</x:v>
+      </x:c>
+      <x:c r="T41" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>593097</x:v>
+        <x:v>596324</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
-      <x:c r="E43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>604243</x:v>
+        <x:v>593097</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39297</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>609587</x:v>
+        <x:v>604243</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>605509</x:v>
+        <x:v>609587</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>604242</x:v>
+        <x:v>605509</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>585084</x:v>
+        <x:v>604242</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>65</x:v>
-[...1 lines deleted...]
-      <x:c r="C48" s="15" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="J48" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="J48" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>607197</x:v>
+        <x:v>585084</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>585083</x:v>
+        <x:v>607197</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>552886</x:v>
+        <x:v>585083</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>552895</x:v>
+        <x:v>552886</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>552896</x:v>
+        <x:v>552895</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>605518</x:v>
+        <x:v>552896</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>548820</x:v>
+        <x:v>605518</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>556821</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>605508</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>552885</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -5882,100 +5888,100 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s"/>
       <x:c r="L58" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>554348</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>545673</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5984,114 +5990,114 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>547534</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>494748</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6102,57 +6108,57 @@
       <x:c r="H62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>498582</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6162,57 +6168,57 @@
       <x:c r="H63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>502065</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6223,57 +6229,57 @@
       <x:c r="H64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>455014</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7095,69 +7101,69 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G80" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>560904</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
@@ -7215,69 +7221,69 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>571259</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>175</x:v>
@@ -7749,54 +7755,54 @@
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>609609</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -7806,54 +7812,54 @@
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>608829</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>58</x:v>
@@ -7861,79 +7867,79 @@
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>608833</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -7971,54 +7977,54 @@
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>608908</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -8028,103 +8034,103 @@
       <x:c r="L96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>599745</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>607198</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -8134,51 +8140,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>599736</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>141</x:v>
@@ -8189,141 +8195,141 @@
       <x:c r="L99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>599737</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G100" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>579796</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -8373,70 +8379,70 @@
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>610455</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -8484,51 +8490,51 @@
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>603192</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -8541,54 +8547,54 @@
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>603193</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -8600,51 +8606,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>603236</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -8660,54 +8666,54 @@
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>608247</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8719,51 +8725,51 @@
       <x:c r="L108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>523517</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -8776,54 +8782,54 @@
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>603189</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -8835,54 +8841,54 @@
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>603237</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8892,503 +8898,503 @@
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>603190</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>596329</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>596326</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>610266</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>593093</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>609472</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>595562</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>597558</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>611216</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
@@ -9403,54 +9409,54 @@
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>604032</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -9460,111 +9466,111 @@
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>603176</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596322</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -9574,51 +9580,51 @@
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>604045</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>141</x:v>
@@ -10210,51 +10216,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>611217</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -10640,51 +10646,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>611218</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -10779,443 +10785,443 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>597897</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>570908</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>571594</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>571591</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>570905</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>596323</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>596325</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>593096</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -11225,54 +11231,54 @@
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>603261</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11284,51 +11290,51 @@
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>603291</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -11341,54 +11347,54 @@
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>603292</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -11400,108 +11406,108 @@
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>603290</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>593094</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
@@ -11513,54 +11519,54 @@
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>604023</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11570,51 +11576,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>604041</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
@@ -11629,51 +11635,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>603170</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -11686,51 +11692,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>603172</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
@@ -11745,54 +11751,54 @@
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>604040</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11802,54 +11808,54 @@
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>604042</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>58</x:v>
@@ -11945,51 +11951,51 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>611215</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -12136,147 +12142,147 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>597870</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>570906</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>571592</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
@@ -12356,335 +12362,335 @@
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>597871</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>587264</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>587263</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>597557</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>596331</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>597555</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -12694,54 +12700,54 @@
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>603124</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
@@ -12753,51 +12759,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>604028</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -12810,51 +12816,51 @@
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>604043</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
@@ -12869,54 +12875,54 @@
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>603171</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -12926,226 +12932,226 @@
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>603173</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>609474</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>597553</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>597554</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>52</x:v>
@@ -13542,140 +13548,140 @@
       <x:c r="R194" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>597888</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>571590</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>570904</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>304</x:v>
@@ -13929,254 +13935,254 @@
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>597925</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>590611</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>570907</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>590617</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>571593</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
@@ -14284,51 +14290,51 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>611214</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -14338,72 +14344,72 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>611213</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>141</x:v>
@@ -14502,51 +14508,51 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>590766</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -14556,51 +14562,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>590769</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -14719,51 +14725,51 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>590765</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -14773,51 +14779,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>590768</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -14939,51 +14945,51 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>611212</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -15175,54 +15181,54 @@
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>609991</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
@@ -15573,127 +15579,127 @@
         <x:v>597964</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>609117</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>609113</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
@@ -15806,227 +15812,227 @@
         <x:v>377</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="G236" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>601743</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>525865</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>525926</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>576142</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -16039,94 +16045,94 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>576174</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>584709</x:v>
       </x:c>
@@ -16145,51 +16151,51 @@
         <x:v>224</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>576173</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
@@ -16199,102 +16205,102 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>576141</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="G244" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>602490</x:v>
       </x:c>
@@ -16326,87 +16332,87 @@
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>607199</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>607509</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
@@ -16416,51 +16422,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>611211</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -17030,51 +17036,51 @@
       <x:c r="L258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>606811</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>58</x:v>
@@ -17082,54 +17088,54 @@
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>609330</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>58</x:v>
@@ -17137,142 +17143,142 @@
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>609992</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>611296</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>590764</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -17282,51 +17288,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>590767</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -17358,51 +17364,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>597861</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>58</x:v>
@@ -17410,51 +17416,51 @@
       <x:c r="L265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>597879</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
@@ -17588,51 +17594,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>548345</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -18420,81 +18426,81 @@
       <x:c r="R282" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>565906</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>554800</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
@@ -18590,69 +18596,69 @@
       <x:c r="R285" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>551770</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G286" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>583867</x:v>
       </x:c>
@@ -18668,311 +18674,311 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>576172</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G288" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>583869</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37644</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>583878</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>554802</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>583868</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
@@ -19071,593 +19077,593 @@
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>557533</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>588077</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>579281</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>579143</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>572073</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>588020</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>572013</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G300" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>579798</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39357</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>583874</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>585088</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -20056,75 +20062,75 @@
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>578968</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -20135,57 +20141,57 @@
         <x:v>556787</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -20436,126 +20442,126 @@
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>565308</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G318" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>536912</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
@@ -20867,120 +20873,120 @@
         <x:v>471</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>580929</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>580993</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>576170</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -20990,51 +20996,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>576134</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -21108,51 +21114,51 @@
         <x:v>474</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>37644</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>24146</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>563252</x:v>
       </x:c>
@@ -21481,51 +21487,51 @@
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>558887</x:v>
       </x:c>
@@ -21699,115 +21705,115 @@
       <x:c r="A340" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>577273</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>575914</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
@@ -23136,57 +23142,57 @@
         <x:v>524096</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -23389,51 +23395,51 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>459825</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -23443,51 +23449,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>459826</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -23642,51 +23648,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>495923</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -23699,138 +23705,138 @@
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>495924</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>532552</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>506370</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -23843,51 +23849,51 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>506372</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -23897,51 +23903,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>531763</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -23954,51 +23960,51 @@
         <x:v>511</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>532350</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -24008,51 +24014,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>532349</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -24065,51 +24071,51 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>532551</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -24119,51 +24125,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>531754</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -24774,256 +24780,256 @@
       <x:c r="R394" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>514425</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>539607</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>540196</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>539617</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>540206</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
@@ -25056,71 +25062,71 @@
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>548819</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -25164,51 +25170,51 @@
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>601091</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>58</x:v>
@@ -25219,334 +25225,334 @@
       <x:c r="M402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>601095</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>540207</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>539618</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>583814</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>539608</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>540197</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
@@ -25851,54 +25857,54 @@
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>608904</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -25908,54 +25914,54 @@
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>606220</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>52</x:v>
@@ -25980,81 +25986,81 @@
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>605139</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>575485</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>145</x:v>
@@ -26139,70 +26145,70 @@
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>600385</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -26211,81 +26217,81 @@
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>577596</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>575403</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>544</x:v>
@@ -26355,103 +26361,103 @@
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>607200</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>609603</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -26461,54 +26467,54 @@
       <x:c r="L424" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>610933</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>58</x:v>
@@ -26516,54 +26522,54 @@
       <x:c r="L425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>610935</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>58</x:v>
@@ -26582,88 +26588,88 @@
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>605141</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>575488</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
@@ -26694,285 +26700,285 @@
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>586838</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>589760</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>575406</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>589734</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>585086</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
@@ -26982,71 +26988,71 @@
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>606247</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -27090,54 +27096,54 @@
       <x:c r="L435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>606223</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>147</x:v>
@@ -27266,247 +27272,247 @@
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>605142</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>580666</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>575486</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>575404</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -27657,51 +27663,51 @@
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>604012</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
@@ -27716,51 +27722,51 @@
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>604006</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>58</x:v>
@@ -27827,54 +27833,54 @@
       <x:c r="L448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>603954</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -27884,111 +27890,111 @@
       <x:c r="L449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>604007</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>593098</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28001,165 +28007,165 @@
       <x:c r="L451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>609383</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>596328</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>596330</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
@@ -28171,274 +28177,274 @@
       <x:c r="L454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>604008</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>577360</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>576746</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>577363</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>576749</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>544</x:v>
@@ -28570,423 +28576,423 @@
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>605151</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>591789</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>575405</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>575487</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>575402</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>591788</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>575484</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
@@ -29027,162 +29033,162 @@
       <x:c r="L469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>605149</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>593095</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>39959</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>22672</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>608365</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
@@ -29197,139 +29203,139 @@
       <x:c r="L472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>603387</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>602879</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
@@ -29378,71 +29384,71 @@
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>586836</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
@@ -29494,379 +29500,379 @@
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>586837</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>569498</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>571596</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>585910</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>585612</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>571595</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>569497</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
@@ -29894,221 +29900,221 @@
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>586839</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>606524</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>606526</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>597556</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
@@ -30120,54 +30126,54 @@
       <x:c r="L488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>603326</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -30177,54 +30183,54 @@
       <x:c r="L489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>603298</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
@@ -30236,111 +30242,111 @@
       <x:c r="L490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>603388</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>22675</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>602341</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
@@ -30355,54 +30361,54 @@
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>603385</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -30412,51 +30418,51 @@
       <x:c r="L493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>603386</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
@@ -30471,51 +30477,51 @@
       <x:c r="L494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>603303</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>58</x:v>
@@ -30591,147 +30597,147 @@
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>608363</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>539619</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>540208</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>553</x:v>
@@ -30811,164 +30817,164 @@
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>586833</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>573623</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>573625</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>39959</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -31035,282 +31041,282 @@
       <x:c r="L504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>590268</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>607202</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>607201</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>609608</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>609604</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
@@ -31519,274 +31525,274 @@
       <x:c r="L513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>590267</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>608905</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>608906</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>566842</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>570729</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
@@ -32069,222 +32075,222 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>579797</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>512928</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>513138</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
@@ -32392,51 +32398,51 @@
       <x:c r="M528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>548241</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C529" s="3" t="s"/>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>30</x:v>
@@ -33331,51 +33337,51 @@
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>448767</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="G546" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">