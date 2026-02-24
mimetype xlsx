--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -542,56 +542,59 @@
   <x:si>
     <x:t>Dessin construction</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Topsolid - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Topsolid</x:t>
   </x:si>
   <x:si>
     <x:t>Draftsight 3D - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Draftsight</x:t>
   </x:si>
   <x:si>
     <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Modèle simulation</x:t>
   </x:si>
   <x:si>
+    <x:t>Cotation niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dessin industriel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Concepteur mécanique</x:t>
   </x:si>
   <x:si>
-    <x:t>Dessin industriel</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dessinateur projeteur</x:t>
@@ -657,53 +660,50 @@
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Topsolid - Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>CQP dessinateur d'études industrielles</x:t>
   </x:si>
   <x:si>
     <x:t>Cotation niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>CQP concepteur modélisateur numérique de produits ou de systèmes mécaniques</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Cotation niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>BTS enveloppe des bâtiments : conception et réalisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Enveloppe du Bâtiment : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
@@ -3906,2140 +3906,2144 @@
         <x:v>147</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>533133</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>586928</x:v>
+        <x:v>533614</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>586927</x:v>
+        <x:v>586928</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="J43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K43" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L43" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M43" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="N43" s="3" t="n">
+        <x:v>31686</x:v>
+      </x:c>
+      <x:c r="O43" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="P43" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="S43" s="0" t="n">
+        <x:v>586927</x:v>
+      </x:c>
+      <x:c r="T43" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="U43" s="4" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C44" s="15" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="n">
+        <x:v>37317</x:v>
+      </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="J44" s="14" t="s"/>
+      <x:c r="J44" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31685</x:v>
+        <x:v>23692</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>586968</x:v>
+        <x:v>582142</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>586974</x:v>
+        <x:v>586968</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>586975</x:v>
+        <x:v>586974</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>586967</x:v>
+        <x:v>586975</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>586970</x:v>
+        <x:v>586967</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="U48" s="16" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>586977</x:v>
+        <x:v>586970</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>586969</x:v>
+        <x:v>586977</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>586976</x:v>
+        <x:v>586969</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>59</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>31685</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592028</x:v>
+        <x:v>586976</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>592030</x:v>
+        <x:v>592028</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>41382</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>12520</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="Q54" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>605500</x:v>
+        <x:v>592030</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37464</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>31652</x:v>
+        <x:v>12520</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="Q55" s="4" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="Q55" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>605767</x:v>
+        <x:v>605500</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>602213</x:v>
+        <x:v>605767</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>37464</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>71114</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>610011</x:v>
+        <x:v>602213</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>70402</x:v>
+        <x:v>71114</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>533763</x:v>
+        <x:v>610011</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="J59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>22398</x:v>
+        <x:v>70402</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>534119</x:v>
+        <x:v>533763</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22398</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>534122</x:v>
+        <x:v>534119</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="n">
+        <x:v>34572</x:v>
+      </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31686</x:v>
+        <x:v>22398</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>533637</x:v>
+        <x:v>534122</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C62" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="J62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>11020</x:v>
+        <x:v>31686</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>534081</x:v>
+        <x:v>533637</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C63" s="3" t="s"/>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="n">
+        <x:v>38620</x:v>
+      </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>70402</x:v>
+        <x:v>11020</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>533755</x:v>
+        <x:v>534081</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31686</x:v>
+        <x:v>70402</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>533629</x:v>
+        <x:v>533755</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>70402</x:v>
+        <x:v>31686</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>533823</x:v>
+        <x:v>533629</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>71115</x:v>
+        <x:v>70402</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>533696</x:v>
+        <x:v>533823</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>31686</x:v>
+        <x:v>71115</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>533618</x:v>
+        <x:v>533696</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>31684</x:v>
+        <x:v>31686</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>533130</x:v>
+        <x:v>533618</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>22411</x:v>
+        <x:v>31684</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>547698</x:v>
+        <x:v>533130</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>543645</x:v>
+        <x:v>547698</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>37495</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>31685</x:v>
+        <x:v>22411</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>567349</x:v>
+        <x:v>543645</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E72" s="14" t="s"/>
+      <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>23093</x:v>
+        <x:v>31685</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>608216</x:v>
+        <x:v>567349</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>23692</x:v>
+        <x:v>23093</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>577540</x:v>
+        <x:v>608216</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="C74" s="15" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="n">
+        <x:v>37317</x:v>
+      </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="J74" s="14" t="s"/>
+      <x:c r="J74" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>31686</x:v>
+        <x:v>23692</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>567341</x:v>
+        <x:v>577540</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="J75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>23692</x:v>
+        <x:v>31686</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>538048</x:v>
+        <x:v>567341</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>37374</x:v>
+        <x:v>37317</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>23692</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>541914</x:v>
+        <x:v>538048</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="C77" s="3" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C77" s="3" t="n">
+        <x:v>37374</x:v>
+      </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="J77" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>31686</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>533614</x:v>
+        <x:v>541914</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>568809</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>580928</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -6061,172 +6065,172 @@
       <x:c r="J80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q81" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>547752</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q82" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q82" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>547694</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -6236,101 +6240,101 @@
       <x:c r="J83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>540864</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>576166</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -6525,164 +6529,164 @@
       <x:c r="H88" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q88" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>550240</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>540869</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>575006</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -6754,238 +6758,238 @@
       <x:c r="G92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>572447</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q94" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>547693</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q95" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>547695</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6994,57 +6998,57 @@
         <x:v>226</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>547770</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7116,54 +7120,54 @@
       <x:c r="I98" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>547764</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>255</x:v>
@@ -7194,84 +7198,84 @@
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>571893</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>541906</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7281,110 +7285,110 @@
       <x:c r="H101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q101" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q101" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>550237</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>504676</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7426,200 +7430,200 @@
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>509935</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>509255</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>509245</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>509244</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -7629,110 +7633,110 @@
       <x:c r="J107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>491056</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>572446</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -7742,51 +7746,51 @@
       <x:c r="J109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>491843</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7798,54 +7802,54 @@
       <x:c r="I110" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>515736</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -7855,293 +7859,293 @@
       <x:c r="J111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>511581</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q112" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>515634</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>493128</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37464</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q114" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>515633</x:v>
+        <x:v>515631</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>37374</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>31606</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q115" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>515631</x:v>
+        <x:v>515633</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>248</x:v>
@@ -8209,57 +8213,57 @@
       <x:c r="H117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q117" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q117" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>500986</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8697,123 +8701,123 @@
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>71110</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>504679</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>557228</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
@@ -8998,101 +9002,101 @@
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>575969</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>541905</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
@@ -9364,51 +9368,51 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>555675</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
@@ -9532,51 +9536,51 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>534116</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
@@ -9639,51 +9643,51 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>533752</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
@@ -9850,51 +9854,51 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>556414</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
@@ -9957,51 +9961,51 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>533695</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
@@ -10064,51 +10068,51 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>533689</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10123,51 +10127,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>534118</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
@@ -10302,117 +10306,117 @@
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>555844</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>513337</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -10450,106 +10454,106 @@
       <x:c r="H158" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q158" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q158" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>500982</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>557230</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -10586,75 +10590,75 @@
       <x:c r="R160" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>596503</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>596737</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
@@ -10669,57 +10673,57 @@
         <x:v>226</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>602255</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10729,108 +10733,108 @@
       <x:c r="H163" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q163" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q163" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>605687</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592025</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
@@ -10963,51 +10967,51 @@
       <x:c r="J167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>581444</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
@@ -11047,84 +11051,84 @@
       <x:c r="S168" s="14" t="n">
         <x:v>594087</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q169" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q169" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>604341</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -11161,186 +11165,186 @@
       <x:c r="R170" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>596504</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>592027</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>596733</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
@@ -11376,82 +11380,82 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>595597</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
@@ -11494,197 +11498,197 @@
       <x:c r="R176" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>595858</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>596735</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>597742</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>585580</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -11721,75 +11725,75 @@
       <x:c r="R180" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>595859</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40334</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>22854</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>592543</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
@@ -11806,162 +11810,162 @@
       <x:c r="H182" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q182" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q182" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>605763</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>592024</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>592026</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
@@ -12088,51 +12092,51 @@
       <x:c r="J187" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>581443</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
@@ -12172,57 +12176,57 @@
       <x:c r="S188" s="14" t="n">
         <x:v>596509</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -12320,54 +12324,54 @@
       <x:c r="I191" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>604364</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
@@ -12508,454 +12512,454 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>586929</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>586930</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>609806</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>586979</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>586980</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>586972</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>586971</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>582143</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -13043,79 +13047,79 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>602545</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>592031</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">