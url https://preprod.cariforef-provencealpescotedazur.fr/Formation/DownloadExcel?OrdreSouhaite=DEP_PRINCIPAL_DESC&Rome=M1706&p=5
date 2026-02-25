--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -4746,107 +4746,103 @@
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>596764</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>35354</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>603434</x:v>
+        <x:v>592527</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -4856,57 +4852,57 @@
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>603436</x:v>
+        <x:v>603434</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>51</x:v>
@@ -4914,406 +4910,407 @@
       <x:c r="J64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>603437</x:v>
+        <x:v>603436</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>36149</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>500292</x:v>
+        <x:v>603437</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>187</x:v>
-[...1 lines deleted...]
-      <x:c r="C66" s="15" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="n">
+        <x:v>36149</x:v>
+      </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="J66" s="14" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>34024</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>419056</x:v>
+        <x:v>500292</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34024</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>510684</x:v>
+        <x:v>419056</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>36149</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>536214</x:v>
+        <x:v>510684</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>554893</x:v>
+        <x:v>536214</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>592527</x:v>
+        <x:v>554893</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>51</x:v>
       </x:c>