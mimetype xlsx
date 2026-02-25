--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -335,192 +335,192 @@
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Golf Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel chef de chantier gros oeuvre (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite chantier BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite de réunion de chantier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maj Architecture et Cadre de Vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intégrer la prévention dans le BTP – Organisation des livraisons et mutualisation des moyens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caisse Assurance Retraite et Santé Au Travail du Sud-Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARSAT SUD EST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santé sécurité travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS architectures en métal : conception et réalisation (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction métallique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de chantier bâtiment et travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation chantier BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...136 lines deleted...]
-    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du BTP : génie civil et construction parcours travaux publics option travaux urbains ou option maintenance des infrastructures (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
@@ -2316,743 +2316,742 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>517767</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>552792</x:v>
+        <x:v>511110</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>511110</x:v>
+        <x:v>511105</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>511105</x:v>
+        <x:v>515628</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>515628</x:v>
+        <x:v>515649</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>38721</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>515649</x:v>
+        <x:v>542019</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>99</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>542019</x:v>
+        <x:v>567443</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="L20" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M20" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="N20" s="15" t="n">
+        <x:v>42866</x:v>
+      </x:c>
+      <x:c r="O20" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="P20" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="S20" s="14" t="n">
+        <x:v>566160</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="L20" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C21" s="3" t="s"/>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>37385</x:v>
+      </x:c>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-        <x:v>117</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>566160</x:v>
+        <x:v>494780</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>37385</x:v>
+        <x:v>38218</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>494780</x:v>
+        <x:v>515736</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38218</x:v>
+        <x:v>36397</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22283</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>515736</x:v>
+        <x:v>498002</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>36397</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>22283</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="S24" s="14" t="n">
+        <x:v>550406</x:v>
+      </x:c>
+      <x:c r="T24" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="S24" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>550406</x:v>
+        <x:v>552792</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -3064,54 +3063,54 @@
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>547550</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -3124,115 +3123,115 @@
       <x:c r="L27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>556422</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>556423</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -3245,54 +3244,54 @@
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>556357</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>58</x:v>
@@ -3300,120 +3299,120 @@
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>550464</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>558486</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>37</x:v>
@@ -3427,170 +3426,170 @@
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>554926</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="P33" s="0" t="s">
+      <x:c r="R33" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>548290</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="P34" s="14" t="s">
+      <x:c r="R34" s="14" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>547764</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -3603,51 +3602,51 @@
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>550401</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>36</x:v>
@@ -3664,51 +3663,51 @@
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>550403</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -3724,51 +3723,51 @@
       <x:c r="M37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>556710</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>55</x:v>
@@ -3959,51 +3958,51 @@
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>549382</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>4420</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4016,278 +4015,278 @@
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>543673</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36397</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22283</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="P43" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>549332</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I44" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>556743</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>547689</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I46" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>547722</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
@@ -4297,51 +4296,51 @@
       <x:c r="G47" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>560348</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
@@ -4356,51 +4355,51 @@
       <x:c r="G48" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>560470</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
@@ -4413,51 +4412,51 @@
       <x:c r="G49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>566946</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4867,51 +4866,51 @@
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>593230</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4988,51 +4987,51 @@
       <x:c r="I59" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>596780</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
@@ -5310,330 +5309,330 @@
       <x:c r="S64" s="14" t="n">
         <x:v>602121</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>611236</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I66" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>611318</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="P67" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="P67" s="0" t="s">
+      <x:c r="R67" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>603391</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P68" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="P68" s="14" t="s">
+      <x:c r="R68" s="14" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>604364</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>602338</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>81</x:v>
@@ -5988,823 +5987,822 @@
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>595899</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>41018</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>611235</x:v>
+        <x:v>606188</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>158</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>41018</x:v>
+        <x:v>38921</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>237</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>22210</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>606188</x:v>
+        <x:v>601009</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38921</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>22210</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>601009</x:v>
+        <x:v>608202</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40054</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>608202</x:v>
+        <x:v>606286</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>606286</x:v>
+        <x:v>606283</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>30142</x:v>
+        <x:v>40054</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>606283</x:v>
+        <x:v>608201</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>608201</x:v>
+        <x:v>610393</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>610393</x:v>
+        <x:v>610394</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>610394</x:v>
+        <x:v>610395</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>610395</x:v>
+        <x:v>610396</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>257</x:v>
-[...1 lines deleted...]
-      <x:c r="C87" s="3" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>41368</x:v>
+      </x:c>
       <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22001</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>610396</x:v>
+        <x:v>609972</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>41368</x:v>
+        <x:v>34863</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22001</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>609972</x:v>
+        <x:v>575401</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>34863</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>575401</x:v>
+        <x:v>611235</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>575483</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -6826,51 +6824,51 @@
       <x:c r="J91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>565096</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
@@ -7025,78 +7023,78 @@
       <x:c r="S94" s="14" t="n">
         <x:v>602122</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>596923</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -7193,199 +7191,199 @@
       <x:c r="T97" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>595611</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>602337</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R100" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>607805</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -7561,111 +7559,111 @@
       <x:c r="H104" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q104" s="16" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R104" s="14" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>607797</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37385</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>596992</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7742,51 +7740,51 @@
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>602149</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -7853,57 +7851,57 @@
       <x:c r="H109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="R109" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>611033</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
@@ -8000,78 +7998,78 @@
       <x:c r="T111" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>595895</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35809</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -8098,206 +8096,206 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>596029</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36397</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22283</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="P114" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R114" s="14" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>600222</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I115" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>609816</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I116" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q116" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>609804</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
@@ -8429,108 +8427,108 @@
       <x:c r="J119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>606210</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>581444</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8543,51 +8541,51 @@
       <x:c r="J121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>606261</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
@@ -8705,51 +8703,51 @@
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>583323</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
@@ -8762,51 +8760,51 @@
       <x:c r="G125" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600399</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -8875,51 +8873,51 @@
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>583324</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -8932,173 +8930,173 @@
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>598735</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I129" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q129" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>543660</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38721</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I130" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q130" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>553798</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>35821</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -9140,81 +9138,81 @@
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>590976</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I132" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q132" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>543633</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
@@ -9233,101 +9231,101 @@
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>591153</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38746</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I134" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q134" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>570886</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -9349,54 +9347,54 @@
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>553981</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35482</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9408,51 +9406,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>575546</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -9465,51 +9463,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>551675</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -9519,51 +9517,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -9576,283 +9574,283 @@
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>554007</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>557458</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>554765</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>581110</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -9864,159 +9862,159 @@
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>572714</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I145" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q145" s="4" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>513336</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>511581</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -10032,54 +10030,54 @@
       <x:c r="L147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>560923</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10092,51 +10090,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>581166</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40567</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10146,51 +10144,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>12533</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>581167</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40567</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10203,51 +10201,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>12533</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>583349</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10257,51 +10255,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>581164</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10314,51 +10312,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>581165</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40567</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10368,51 +10366,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>12533</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>581169</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10425,51 +10423,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>583354</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40567</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10479,158 +10477,158 @@
       <x:c r="M155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>12533</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>581170</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I156" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q156" s="16" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>513342</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>504172</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">