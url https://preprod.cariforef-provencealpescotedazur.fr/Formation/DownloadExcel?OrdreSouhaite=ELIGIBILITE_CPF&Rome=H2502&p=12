--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -428,162 +428,162 @@
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Management de projet: Endosser son rôle de chef de projet</x:t>
   </x:si>
   <x:si>
     <x:t>Talia Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité électronique et systèmes embarqués (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Nice Côte d'Azur - Polytech Nice Sophia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité mécanique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanique théorique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cycle Professionnel Renforcer sa posture de manager et son leadership</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement individuel en management d'une équipe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renforcer la cohésion de son équipe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symbiose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours qualité et management intégré (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastère Spécialisé Ingénierie du Sport - Interaction Homme Matériel Environnement (IHME)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Service Formation Professionnelle For'Pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
-  </x:si>
-[...109 lines deleted...]
-    <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expérimentation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : gestion de la production industrielle parcours chargé d'affaire en chaudronnerie industrielle en partenariat avec le CNAM (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
@@ -2870,51 +2870,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>609501</x:v>
+        <x:v>609502</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>24</x:v>
@@ -3946,51 +3946,51 @@
       <x:c r="K40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>609502</x:v>
+        <x:v>609501</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -8673,51 +8673,51 @@
       <x:c r="J124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31458</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>611015</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>