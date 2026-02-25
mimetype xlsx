--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -320,225 +320,225 @@
   <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Khöömii – chant diphonique de Mongolie</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chants de la tradition séfarade judéo-espagnole : de l’Andalousie médiévale aux pays de l’ex-empire ottoman</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chant Oriental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maîtrise des percussions orientales : daburka, riq, bendir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Musique à l'image</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cifap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Disc jockey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Espace des Arts Numériques de l'Image et du Son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EANIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Musique assistée par ordinateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labo Vokal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emmanuel Pesnot - Laboratoire de Pédagogie Vocale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation Chant et respiration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tandem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation Chant : développer sa technique vocale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiation au Kanoun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daf kurde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La kora : l'héritage, les accords et techniques, la composition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vièle cheval de Mongolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Musiques et mouvements pour les touts petits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cité de la Musique de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Agent de la fonction publique territoriale , Demandeur d'emploi , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
-  </x:si>
-[...169 lines deleted...]
-    <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching vocal - staging</x:t>
   </x:si>
   <x:si>
     <x:t>Crossroads</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musique Klezmer</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
@@ -2681,779 +2681,779 @@
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>587331</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>587009</x:v>
+        <x:v>581474</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>581474</x:v>
+        <x:v>586451</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>586451</x:v>
+        <x:v>587195</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45073</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>587195</x:v>
+        <x:v>584044</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>45073</x:v>
+        <x:v>45094</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="S26" s="14" t="n">
+        <x:v>577015</x:v>
+      </x:c>
+      <x:c r="T26" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>45094</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S27" s="0" t="n">
+        <x:v>586997</x:v>
+      </x:c>
+      <x:c r="T27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="S27" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T27" s="4" t="s">
+      <x:c r="U27" s="4" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>586997</x:v>
+        <x:v>598762</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>598762</x:v>
+        <x:v>602962</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>602962</x:v>
+        <x:v>581595</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>581595</x:v>
+        <x:v>598837</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>598837</x:v>
+        <x:v>599267</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>599267</x:v>
+        <x:v>610957</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>610957</x:v>
+        <x:v>610958</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>586998</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3461,428 +3461,427 @@
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>586998</x:v>
+        <x:v>587002</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>587002</x:v>
+        <x:v>581616</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>581616</x:v>
+        <x:v>587003</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>587003</x:v>
+        <x:v>584287</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>584287</x:v>
+        <x:v>587005</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45073</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>587005</x:v>
+        <x:v>590150</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>137</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>45073</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S42" s="14" t="n">
+        <x:v>587008</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="S42" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T42" s="16" t="s">
+      <x:c r="U42" s="16" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>587008</x:v>
+        <x:v>587009</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
@@ -3890,100 +3889,100 @@
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>581617</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>583182</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3994,51 +3993,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>587011</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
@@ -4112,100 +4111,100 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>587013</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R49" s="0" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>599276</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
@@ -4268,51 +4267,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>581589</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
@@ -4375,51 +4374,51 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>587052</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
@@ -4430,51 +4429,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>587061</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
@@ -4801,104 +4800,104 @@
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>587068</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>599274</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
@@ -5548,51 +5547,51 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>536111</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
@@ -5869,51 +5868,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>554135</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
@@ -6138,83 +6137,83 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>586373</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="R87" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>608288</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6349,51 +6348,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>581487</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
@@ -6508,449 +6507,449 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>460859</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>535336</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>544867</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="R96" s="14" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>527024</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="R97" s="0" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>552020</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="R98" s="14" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>552006</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>551961</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45093</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>551962</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>551976</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -6959,257 +6958,257 @@
         <x:v>262</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>536217</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>551980</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="R104" s="14" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>563343</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>585831</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>585833</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36880</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -7294,51 +7293,51 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>535620</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
@@ -7674,80 +7673,80 @@
       <x:c r="R115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>535756</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>45093</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q116" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R116" s="14" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>578298</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>24</x:v>
@@ -7879,51 +7878,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>586212</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
@@ -8307,51 +8306,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>535676</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
@@ -8414,87 +8413,87 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>586161</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>610844</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>24</x:v>
@@ -8652,51 +8651,51 @@
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>560637</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
@@ -8744,51 +8743,51 @@
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>560661</x:v>
       </x:c>
@@ -9304,51 +9303,51 @@
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37768</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>45004</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>555855</x:v>
       </x:c>