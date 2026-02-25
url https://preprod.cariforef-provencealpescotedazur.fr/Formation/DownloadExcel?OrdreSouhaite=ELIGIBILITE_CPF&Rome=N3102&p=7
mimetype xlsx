--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -440,177 +440,177 @@
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Brevet de mécanicien 250 kW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLEFRANCHE SUR MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme de mécanicien 250 kW + Certificat de formation de base à la sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine 200 voile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine 200 - Compétences climat écogestion des milieux marins + CGO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mécanicien bord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine 200 + certificat général d'opérateur (cgo)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat général d'opérateur (Habilitation) + Brevet de capitaine 200 yacht</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opérateur radio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine 3000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure Maritime - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brevet de capitaine 200 + Brevet de mécanicien 250 kW + Certificat restreint d'opérateur (CRO) + Navpax</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brevet de capitaine 200 - Théorie : cours + test</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
-  </x:si>
-[...112 lines deleted...]
-    <x:t>01/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de matelot pont + Certificat de formation de base à la sécurité (habilitation) + Certificat de sensibilisation à la sûreté (Habilitation) + Brevet de mécanicien 250 kW</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 + Certificat général d'opérateur + Brevet de mécanicien 250 kW + module yacht</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 500</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 + Certificat général d'opérateur + module yatch</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de capitaine 200 + Brevet de capitaine 200 yacht</x:t>
   </x:si>
@@ -2364,1228 +2364,1235 @@
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>577342</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38863</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="L19" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M19" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N19" s="3" t="n">
+        <x:v>21320</x:v>
+      </x:c>
+      <x:c r="O19" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="L19" s="0" t="s">
-[...8 lines deleted...]
-      <x:c r="O19" s="0" t="s">
+      <x:c r="Q19" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="P19" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>532610</x:v>
+        <x:v>583625</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E20" s="14" t="s"/>
+      <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>583625</x:v>
+        <x:v>602350</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>602350</x:v>
+        <x:v>590856</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>39154</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>21333</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>590856</x:v>
+        <x:v>587647</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>587647</x:v>
+        <x:v>602351</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39701</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>21320</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>602351</x:v>
+        <x:v>590858</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39154</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>114</x:v>
-[...1 lines deleted...]
-      <x:c r="H25" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="I25" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L25" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M25" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N25" s="3" t="n">
+        <x:v>21320</x:v>
+      </x:c>
+      <x:c r="O25" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>587648</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="I25" s="4" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>587648</x:v>
+        <x:v>587649</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>587649</x:v>
+        <x:v>602352</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>602352</x:v>
+        <x:v>602353</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>39652</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>31870</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602353</x:v>
+        <x:v>583209</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>39652</x:v>
+        <x:v>39154</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31870</x:v>
+        <x:v>21333</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>583209</x:v>
+        <x:v>580979</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39154</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>21333</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>580979</x:v>
+        <x:v>583724</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38863</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
+      <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>31883</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>583724</x:v>
+        <x:v>531680</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39701</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>531680</x:v>
+        <x:v>563837</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>153</x:v>
-[...4 lines deleted...]
-      <x:c r="D34" s="15" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="s"/>
+      <x:c r="D34" s="15" t="n">
+        <x:v>5861</x:v>
+      </x:c>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>31883</x:v>
+        <x:v>31890</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>563837</x:v>
+        <x:v>524721</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>154</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>39701</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>31890</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>524721</x:v>
+        <x:v>524712</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39701</x:v>
+        <x:v>39799</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>21320</x:v>
+        <x:v>31870</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>524712</x:v>
+        <x:v>544790</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39799</x:v>
+        <x:v>39934</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>544790</x:v>
+        <x:v>544789</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>39934</x:v>
+        <x:v>38863</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>31870</x:v>
+        <x:v>21320</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>544789</x:v>
+        <x:v>505029</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21320</x:v>
+        <x:v>31883</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>505029</x:v>
+        <x:v>532610</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3595,51 +3602,51 @@
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>524718</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3649,93 +3656,93 @@
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>530093</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>524709</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -3745,108 +3752,108 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>533245</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>520480</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
@@ -3856,51 +3863,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>524691</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
@@ -3913,51 +3920,51 @@
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>524689</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -4135,51 +4142,51 @@
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>524695</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4189,164 +4196,164 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>524693</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39819</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>544792</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>524708</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4396,101 +4403,101 @@
       <x:c r="R54" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>583955</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>579996</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
@@ -4710,51 +4717,51 @@
       <x:c r="G60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>583200</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -4773,193 +4780,193 @@
       <x:c r="G61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>583627</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39934</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>574852</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39819</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>574853</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
@@ -5026,93 +5033,93 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>602764</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39799</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="I66" s="16" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="J66" s="14" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>544791</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39652</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -5139,51 +5146,51 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>606824</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39652</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
@@ -5392,105 +5399,105 @@
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>578713</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="n">
         <x:v>5861</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31890</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>578741</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5583,82 +5590,82 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>578182</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>578188</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -5743,140 +5750,140 @@
       <x:c r="H78" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>583719</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>580934</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5910,51 +5917,51 @@
       <x:c r="G81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>601353</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -5993,51 +6000,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>587644</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>21320</x:v>
@@ -6047,51 +6054,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>581289</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
@@ -6230,51 +6237,51 @@
       <x:c r="S86" s="14" t="n">
         <x:v>590196</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -6286,101 +6293,101 @@
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>590857</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>579994</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21320</x:v>
@@ -6421,51 +6428,51 @@
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>580935</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
@@ -6481,77 +6488,77 @@
       <x:c r="F91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>611679</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
@@ -6971,51 +6978,51 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>580980</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
@@ -7068,161 +7075,161 @@
       <x:c r="H101" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>583723</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39701</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21320</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>579995</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>531698</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
@@ -7261,51 +7268,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>524697</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39652</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31870</x:v>
@@ -7379,84 +7386,84 @@
       <x:c r="R106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>581735</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40229</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="I107" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="J107" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H107" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31893</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>575056</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7644,51 +7651,51 @@
       <x:c r="F111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>583960</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -7764,51 +7771,51 @@
       <x:c r="G113" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>577408</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
@@ -7821,51 +7828,51 @@
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>578712</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
@@ -7910,84 +7917,84 @@
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>578711</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>579993</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8000,57 +8007,57 @@
       <x:c r="H117" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21333</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>583718</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39154</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
@@ -8398,51 +8405,51 @@
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>578714</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
@@ -8452,51 +8459,51 @@
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>577583</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -8509,51 +8516,51 @@
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>578710</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
@@ -8589,138 +8596,138 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>578719</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39934</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>581787</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38863</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>598834</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -8733,51 +8740,51 @@
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>578699</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
@@ -8922,54 +8929,54 @@
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31870</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>583628</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>