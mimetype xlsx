--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -374,272 +374,278 @@
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole BC06 Transformer la production animale ou végétale, ou mettre en œuvre une activité ou une prestation de service, ou réaliser les opérations de conduite d'un atelier de production animale ou végétale</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite et gestion de l'entreprise agricole</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
+    <x:t>13310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion exploitation agricole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MARTIN-DE-CRAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP option responsable d'entreprise agricole BC04 Assurer la gestion technico-économique, financière et administrative de l’entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORCALQUIER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travailler à plusieurs en agriculture : gestion des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Régionale pour le Développement de l'Emploi Agricole et Rural Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARDEAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Découverte des métiers de l'agriculture et de l'aménagement paysager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compétences climat permaculture : ouvrier polyvalent maraîchage et arboriculture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Permaculture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Sud Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travailler en couple en agriculture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Exploitant agricole, salarié agricole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installation agriculteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compétences climat : agroécologie et adaptation aux changements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien entrepreneur en agriculture (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stage en exploitation agricole - Plan de Professionnalisation Personnalisé (PPP)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre Départementale d'Agriculture du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ouvrier en entreprise de sélection de semences agricoles (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etablissement Public Local d'Enseignement et de Formation Professionnelle Agricoles Louis Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPLEFPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stage parrainage en exploitation agricole</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre Départementale d'Agriculture des Alpes de Haute Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro conduite et gestion de l'entreprise agricole (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
+  </x:si>
+  <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...208 lines deleted...]
-  <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
@@ -687,56 +693,50 @@
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option ouvrier d'élevage de ruminants et de cultures fourragères (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Polyculture</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA agronomie et cultures durables (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Grande culture</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
@@ -2363,51 +2363,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>596657</x:v>
+        <x:v>596659</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3427,146 +3427,146 @@
       <x:c r="U34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>558670</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>554250</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>84</x:v>
@@ -3577,776 +3577,776 @@
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>583525</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G38" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>583522</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>583530</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>605497</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="P41" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="P41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592948</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>605816</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>605817</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>605818</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="P45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39065</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>605907</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>605790</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>596659</x:v>
+        <x:v>596657</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>599636</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -4359,78 +4359,78 @@
       <x:c r="U50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>599634</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
@@ -4587,78 +4587,78 @@
       <x:c r="U54" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>600439</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
@@ -4688,117 +4688,117 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>596654</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4811,51 +4811,51 @@
       <x:c r="T58" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -4909,191 +4909,191 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>596655</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>605819</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>605821</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -5106,108 +5106,108 @@
       <x:c r="U63" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>592188</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5223,51 +5223,51 @@
       <x:c r="U65" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -5375,120 +5375,120 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>596693</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -5619,329 +5619,329 @@
       <x:c r="U72" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>549027</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>549863</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>549868</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>549861</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>549867</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
@@ -5977,506 +5977,506 @@
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>549652</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>549796</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>549799</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>549860</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>555700</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>555718</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>558679</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>546877</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>170</x:v>
@@ -6665,117 +6665,117 @@
       <x:c r="U90" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>497672</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>4891</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -6788,293 +6788,293 @@
       <x:c r="U92" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>29267</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>459111</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>29267</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>447370</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38650</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>506183</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>496397</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -7082,60 +7082,60 @@
         <x:v>496447</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -7212,447 +7212,447 @@
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>516901</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>496393</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>496451</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>496401</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>496599</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>496389</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>512505</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>