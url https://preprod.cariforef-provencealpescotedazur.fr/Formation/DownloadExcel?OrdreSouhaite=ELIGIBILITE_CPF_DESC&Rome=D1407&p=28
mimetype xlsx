--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -284,116 +284,116 @@
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conseil et commercialisation de solutions techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Technico-commercial</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS FED - Fluides Energies Domotique - Option A Génie climatique et fluidique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2025 00:00:00</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ludorium</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
@@ -1352,177 +1352,177 @@
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable du développement commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS fluides-énergies-domotique option B froid et conditionnement d'air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager du développement commercial (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management transversal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Perrimond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Métiers Louis Martin Bret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>responsable du développement commercial France et international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut supérieur du tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Sainte-Marie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Montesquieu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ort Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ort Formation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA technico-commercial option produits de la filière forêt bois (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention management et gestion des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technico-commercial de l'industrie et des services nautiques (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction maintenance navale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur - Inb - Institut du Nautisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLEFRANCHE SUR MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A3fa</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée P G de Gennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
-  </x:si>
-[...115 lines deleted...]
-    <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option C domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">BTSA technico-commercial option univers jardins et animaux de compagnie </x:t>
   </x:si>
   <x:si>
     <x:t>MFR Rousset</x:t>
   </x:si>
   <x:si>
     <x:t>13790</x:t>
   </x:si>
   <x:si>
     <x:t>ROUSSET</x:t>
   </x:si>
@@ -3640,97 +3640,100 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>493629</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>567091</x:v>
+        <x:v>515472</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -3739,1019 +3742,1016 @@
       <x:c r="K20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>515472</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>564373</x:v>
+        <x:v>504157</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>504157</x:v>
+        <x:v>507626</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>507626</x:v>
+        <x:v>519401</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="Q24" s="16" t="s">
+      <x:c r="S24" s="14" t="n">
+        <x:v>490581</x:v>
+      </x:c>
+      <x:c r="T24" s="16" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>490581</x:v>
+        <x:v>557460</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>557460</x:v>
+        <x:v>510104</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>510104</x:v>
+        <x:v>564391</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="R28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>564391</x:v>
+        <x:v>493579</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="R29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>493579</x:v>
+        <x:v>493578</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="R30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>493578</x:v>
+        <x:v>564399</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>550315</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>550315</x:v>
+        <x:v>559198</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>559198</x:v>
+        <x:v>559232</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>559232</x:v>
+        <x:v>559197</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>559197</x:v>
+        <x:v>559247</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>559247</x:v>
+        <x:v>567091</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>560885</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
@@ -4769,51 +4769,51 @@
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>551950</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -4826,159 +4826,159 @@
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>551864</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>553167</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>563550</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -4991,54 +4991,54 @@
       <x:c r="L42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>559253</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -5048,51 +5048,51 @@
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>535991</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5105,54 +5105,54 @@
       <x:c r="L44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>559193</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -5386,51 +5386,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>567943</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -5530,51 +5530,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>572975</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -5752,51 +5752,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>572976</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -5998,51 +5998,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>578851</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -6052,51 +6052,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>578774</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -6109,51 +6109,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>578775</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -6163,51 +6163,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>578776</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -6220,81 +6220,81 @@
       <x:c r="M64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>578835</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>572977</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -6472,51 +6472,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>572978</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -6694,125 +6694,125 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>572979</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>539345</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -6958,91 +6958,91 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>564377</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>564395</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -7055,51 +7055,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>580619</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -7177,51 +7177,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>588104</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -7234,116 +7234,116 @@
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>588106</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R83" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>550634</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
@@ -7419,84 +7419,84 @@
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>564364</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R86" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>564385</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -7781,51 +7781,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>581602</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -7853,108 +7853,108 @@
       <x:c r="J93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>554779</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>542497</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -8122,51 +8122,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>586081</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -8366,51 +8366,51 @@
       <x:c r="J102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>575016</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -8462,51 +8462,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>572980</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -8588,51 +8588,51 @@
       <x:c r="J106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>544518</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -8741,51 +8741,51 @@
         <x:v>206</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>579009</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -8798,51 +8798,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>569955</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -8852,51 +8852,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>569969</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -9006,248 +9006,248 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>570768</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R114" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>564400</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R115" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>543630</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R116" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>543631</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>572981</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -9317,51 +9317,51 @@
         <x:v>94</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>550626</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -9428,51 +9428,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>558103</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -9659,51 +9659,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>572982</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -9881,51 +9881,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>558104</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -9938,123 +9938,123 @@
         <x:v>239</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>558102</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R131" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>564392</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
@@ -10130,51 +10130,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>604522</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -10217,51 +10217,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>572983</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
@@ -10274,51 +10274,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>598800</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -10574,84 +10574,84 @@
       <x:c r="M141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>611409</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>598801</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -10829,51 +10829,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>598802</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -10883,51 +10883,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>583303</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -10940,51 +10940,51 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>583313</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -11105,51 +11105,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>598803</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -11162,51 +11162,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>598805</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -11216,51 +11216,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>598807</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -11273,51 +11273,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>598808</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -11327,51 +11327,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>598809</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -11475,51 +11475,51 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>606237</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
@@ -11685,51 +11685,51 @@
       <x:c r="J161" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>597577</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
@@ -11744,90 +11744,90 @@
       <x:c r="J162" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>608334</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>598810</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -11926,150 +11926,150 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>564384</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R166" s="14" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>609815</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="R167" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>609811</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
@@ -12123,51 +12123,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>598811</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -12180,51 +12180,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>598812</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -12234,51 +12234,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>598814</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -13418,51 +13418,51 @@
       <x:c r="J191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>601013</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -13519,51 +13519,51 @@
         <x:v>310</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>600062</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -13578,51 +13578,51 @@
       <x:c r="C194" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>600042</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -14003,51 +14003,51 @@
       <x:c r="J201" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>608132</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -14148,84 +14148,84 @@
         <x:v>608486</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>611277</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -14235,51 +14235,51 @@
       <x:c r="I205" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>601833</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
@@ -14326,145 +14326,145 @@
       <x:c r="S206" s="14" t="n">
         <x:v>608799</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>611234</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>611261</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -14668,1203 +14668,1202 @@
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>602829</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>595920</x:v>
+        <x:v>602831</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>602831</x:v>
+        <x:v>602822</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>41114</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>423</x:v>
-[...2 lines deleted...]
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>602822</x:v>
+        <x:v>592844</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>327</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>41114</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>592844</x:v>
+        <x:v>603015</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>603015</x:v>
+        <x:v>595932</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>327</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s"/>
+      <x:c r="E218" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>595932</x:v>
+        <x:v>609743</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41302</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>609743</x:v>
+        <x:v>609844</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>41302</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>439</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>609844</x:v>
+        <x:v>602211</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>602211</x:v>
+        <x:v>595152</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>327</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s"/>
+      <x:c r="E222" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>595152</x:v>
+        <x:v>602324</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>37926</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
-      <x:c r="E223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>602324</x:v>
+        <x:v>595587</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>327</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>37926</x:v>
+        <x:v>40622</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>595587</x:v>
+        <x:v>605440</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>40622</x:v>
+        <x:v>36003</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>43486</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>605440</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>296</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>36003</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>320</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>605846</x:v>
+        <x:v>592407</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>40290</x:v>
+        <x:v>36393</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>23622</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>592407</x:v>
+        <x:v>609321</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>36393</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>23622</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="P228" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="P228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>609321</x:v>
+        <x:v>608153</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>608153</x:v>
+        <x:v>608160</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>608160</x:v>
+        <x:v>599243</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
-      <x:c r="E231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="Q231" s="4" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="Q231" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>599243</x:v>
+        <x:v>595918</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>595918</x:v>
+        <x:v>595920</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -15897,82 +15896,82 @@
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>595934</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>595936</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
@@ -16026,51 +16025,51 @@
       <x:c r="C236" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>601997</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -16083,51 +16082,51 @@
         <x:v>297</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>601996</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -16521,51 +16520,51 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>611637</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>34085</x:v>
@@ -16575,200 +16574,200 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>595151</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>595919</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>595935</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>605848</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
@@ -16804,91 +16803,91 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>605952</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>595933</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -16961,218 +16960,218 @@
       <x:c r="J252" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>596055</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>596057</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>605458</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>605459</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
@@ -17235,60 +17234,60 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>605841</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
@@ -17305,51 +17304,51 @@
       <x:c r="H258" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>602329</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
@@ -17417,60 +17416,60 @@
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>605842</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
@@ -17489,51 +17488,51 @@
       <x:c r="I261" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>604163</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
@@ -17896,247 +17895,247 @@
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>603255</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>603255</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>603255</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>603255</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
@@ -18416,75 +18415,75 @@
       <x:c r="S276" s="14" t="n">
         <x:v>603062</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>599240</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
@@ -18653,84 +18652,84 @@
       <x:c r="S280" s="14" t="n">
         <x:v>603051</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>611241</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -18792,60 +18791,60 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>605850</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
@@ -19088,75 +19087,75 @@
       <x:c r="C288" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>607485</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -19204,51 +19203,51 @@
       <x:c r="C290" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>602620</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -19261,51 +19260,51 @@
         <x:v>310</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>600061</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
@@ -19320,51 +19319,51 @@
       <x:c r="C292" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>600041</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -19493,51 +19492,51 @@
         <x:v>297</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>599902</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
@@ -19552,51 +19551,51 @@
       <x:c r="C296" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>599903</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
@@ -19710,81 +19709,81 @@
       <x:c r="S298" s="14" t="n">
         <x:v>553769</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>609208</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -19865,51 +19864,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>603014</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
@@ -19924,51 +19923,51 @@
       <x:c r="M302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>603039</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -20105,51 +20104,51 @@
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>601974</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -20164,108 +20163,108 @@
       <x:c r="M306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>608653</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>608981</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
@@ -20280,51 +20279,51 @@
       <x:c r="M308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>608935</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20398,84 +20397,84 @@
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>601516</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -20490,75 +20489,75 @@
       <x:c r="C312" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>601508</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -20779,172 +20778,172 @@
         <x:v>310</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>548626</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>547704</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>553108</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
@@ -21099,84 +21098,84 @@
       <x:c r="M322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>557581</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>548629</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -21354,84 +21353,84 @@
       <x:c r="S326" s="14" t="n">
         <x:v>549766</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>547703</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -21488,51 +21487,51 @@
         <x:v>297</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>548173</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -21547,51 +21546,51 @@
       <x:c r="C330" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>552065</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -21663,51 +21662,51 @@
       <x:c r="C332" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>548183</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -21796,51 +21795,51 @@
       <x:c r="J334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>590092</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -21914,51 +21913,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>551894</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -21999,133 +21998,133 @@
         <x:v>578907</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>547013</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>547014</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
@@ -22140,57 +22139,57 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>547558</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -22271,51 +22270,51 @@
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>578909</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -22377,51 +22376,51 @@
       <x:c r="H344" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>549858</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
@@ -22468,82 +22467,82 @@
         <x:v>557916</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>547208</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -22576,149 +22575,149 @@
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>547217</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>549875</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>549877</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
@@ -22738,51 +22737,51 @@
       <x:c r="I350" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>556364</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
@@ -22902,60 +22901,60 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>549878</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
@@ -23426,78 +23425,78 @@
         <x:v>590072</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>556868</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
@@ -23563,51 +23562,51 @@
       <x:c r="C364" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>550695</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -23681,51 +23680,51 @@
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>560187</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -24039,60 +24038,60 @@
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>549874</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
@@ -24593,152 +24592,152 @@
       <x:c r="J381" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>556327</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>558949</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>553527</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -24874,60 +24873,60 @@
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>549873</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
@@ -25065,51 +25064,51 @@
       <x:c r="I389" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>553200</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
@@ -25331,84 +25330,84 @@
         <x:v>557917</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -25418,51 +25417,51 @@
       <x:c r="H395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>556328</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
@@ -25492,51 +25491,51 @@
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>547463</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -25557,199 +25556,199 @@
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>547464</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>36393</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>23622</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>549602</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>556735</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>572319</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -25884,51 +25883,51 @@
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>548908</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -25943,51 +25942,51 @@
       <x:c r="C404" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>549067</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -26195,51 +26194,51 @@
       <x:c r="J408" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>547560</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -26444,51 +26443,51 @@
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>603061</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -26501,51 +26500,51 @@
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>603059</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>51</x:v>
@@ -26701,81 +26700,81 @@
       <x:c r="S416" s="14" t="n">
         <x:v>555732</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>567806</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -26799,99 +26798,99 @@
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>603063</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>565598</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
@@ -28014,51 +28013,51 @@
       <x:c r="L439" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>546951</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>100</x:v>
@@ -28075,54 +28074,54 @@
       <x:c r="L440" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>546953</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -28135,51 +28134,51 @@
       <x:c r="L441" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>546923</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
@@ -28194,108 +28193,108 @@
       <x:c r="L442" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>553370</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>553502</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
@@ -28426,51 +28425,51 @@
       <x:c r="L446" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>553359</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -28483,51 +28482,51 @@
       <x:c r="L447" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>553395</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>100</x:v>
@@ -28544,54 +28543,54 @@
       <x:c r="L448" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>546924</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -28601,51 +28600,51 @@
       <x:c r="L449" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>553485</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
@@ -28660,51 +28659,51 @@
       <x:c r="L450" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>532737</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
@@ -28742,126 +28741,126 @@
         <x:v>510523</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>493091</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>502687</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -28876,51 +28875,51 @@
       <x:c r="C454" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>502686</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -28933,51 +28932,51 @@
         <x:v>392</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>502688</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -29097,153 +29096,153 @@
         <x:v>532739</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>494841</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>494842</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -29533,51 +29532,51 @@
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>495173</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -29659,51 +29658,51 @@
       <x:c r="H467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>511006</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
@@ -29726,108 +29725,108 @@
       <x:c r="J468" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>511008</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>515610</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -29844,51 +29843,51 @@
       <x:c r="J470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>551893</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -29947,51 +29946,51 @@
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>21573</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>496297</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -30109,84 +30108,84 @@
         <x:v>509845</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>523313</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>39686</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>322</x:v>
@@ -30211,138 +30210,138 @@
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>496462</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>36393</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>23622</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>501215</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>532727</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -30416,60 +30415,60 @@
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>496474</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
@@ -30535,132 +30534,132 @@
       <x:c r="C482" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>497346</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>549066</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
@@ -30675,51 +30674,51 @@
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>549064</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -30842,51 +30841,51 @@
       <x:c r="J487" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>500998</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -30988,78 +30987,78 @@
         <x:v>506188</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>508944</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
@@ -31136,99 +31135,99 @@
       <x:c r="H492" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>496611</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>532724</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -31257,51 +31256,51 @@
       <x:c r="I494" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>502149</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
@@ -31314,51 +31313,51 @@
       <x:c r="H495" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>496605</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
@@ -31606,60 +31605,60 @@
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>496475</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
@@ -31736,169 +31735,169 @@
       <x:c r="H502" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>496609</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>497345</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>496610</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">