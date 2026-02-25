--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -293,198 +293,198 @@
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufip - Ufitech - Les Anglades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mon Ecole en Ligne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Public sous main de justice , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement Promotion Echanges Internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>GPEI</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
-  </x:si>
-[...136 lines deleted...]
-    <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
@@ -3516,1009 +3516,1006 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>522113</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-        <x:v>75</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="R19" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S19" s="0" t="n">
+        <x:v>542229</x:v>
+      </x:c>
+      <x:c r="T19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>513381</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>524653</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>522108</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>529909</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>473386</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>522099</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>507425</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>513491</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>531177</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>531178</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>497071</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>513490</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>517470</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>517410</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G34" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>536765</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>571723</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4528,54 +4525,54 @@
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>542373</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4585,54 +4582,54 @@
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>554027</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4642,108 +4639,111 @@
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>542505</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>542229</x:v>
+        <x:v>558633</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -4773,78 +4773,78 @@
       <x:c r="R40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>522110</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>473387</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
@@ -4920,54 +4920,54 @@
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>551774</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -4979,51 +4979,51 @@
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>559183</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -5036,54 +5036,54 @@
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>554792</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -5095,54 +5095,54 @@
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>554793</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5152,54 +5152,54 @@
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>554794</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5211,227 +5211,227 @@
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>554795</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>573428</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>556982</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>556983</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5441,54 +5441,54 @@
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>542525</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5498,54 +5498,54 @@
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>556187</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5555,105 +5555,105 @@
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>537644</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>537643</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
@@ -5668,108 +5668,108 @@
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>554028</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>541107</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5782,105 +5782,105 @@
       <x:c r="M58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>543720</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>571060</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5890,504 +5890,504 @@
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>572473</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>539389</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>549295</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>566522</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>588306</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>585590</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>608084</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>608082</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>585589</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -6483,84 +6483,84 @@
       <x:c r="R70" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>606282</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>557731</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -6728,51 +6728,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>604521</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -6965,51 +6965,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>587954</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -7337,192 +7337,192 @@
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>603754</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>599406</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>601932</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>601933</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
@@ -7582,51 +7582,51 @@
       <x:c r="B90" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>601457</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7639,51 +7639,51 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>601458</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7698,51 +7698,51 @@
       <x:c r="B92" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>601461</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7755,51 +7755,51 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>600591</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7814,108 +7814,108 @@
       <x:c r="B94" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>601460</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>600592</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -7932,435 +7932,435 @@
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>607692</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>602077</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>607691</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>602078</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>608912</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>607663</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>608911</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8639,51 +8639,51 @@
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>607811</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -8699,51 +8699,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>598872</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -8895,51 +8895,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>593970</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -8949,51 +8949,51 @@
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>593972</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
@@ -9130,51 +9130,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>609613</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -9460,51 +9460,51 @@
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>593995</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -9555,51 +9555,51 @@
       <x:c r="B124" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>601075</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
@@ -9612,78 +9612,78 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>601076</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
@@ -10309,78 +10309,78 @@
       <x:c r="U136" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>607662</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -10720,132 +10720,132 @@
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>604792</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>593976</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -11023,51 +11023,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>601324</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -11099,111 +11099,111 @@
       <x:c r="J150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>609553</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>602221</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -11218,51 +11218,51 @@
       <x:c r="J152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>602262</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -11307,135 +11307,135 @@
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>607413</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>603473</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -11682,51 +11682,51 @@
       <x:c r="J160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>600426</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -11825,78 +11825,78 @@
       <x:c r="S162" s="14" t="n">
         <x:v>608696</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>605535</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
@@ -12153,149 +12153,149 @@
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>609680</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>598886</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>599254</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -12605,51 +12605,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>593974</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
@@ -12755,51 +12755,51 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>600581</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -13212,84 +13212,84 @@
       <x:c r="S186" s="14" t="n">
         <x:v>602005</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>602222</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -13425,93 +13425,93 @@
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>600256</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>604164</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -13645,54 +13645,54 @@
       <x:c r="B194" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>602639</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -13938,51 +13938,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>607812</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -13999,51 +13999,51 @@
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>607813</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -14059,137 +14059,137 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>607814</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>607416</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14520,60 +14520,60 @@
       <x:c r="U208" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>607544</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -14588,54 +14588,54 @@
       <x:c r="B210" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>602640</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -14645,54 +14645,54 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>602641</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -14778,94 +14778,94 @@
       <x:c r="J213" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>595891</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>607815</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -14942,51 +14942,51 @@
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>608181</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -15112,60 +15112,60 @@
       <x:c r="U218" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>604216</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -15231,60 +15231,60 @@
       <x:c r="U220" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>604716</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -15292,241 +15292,241 @@
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>605181</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>601144</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>600895</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>608290</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -15543,51 +15543,51 @@
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>608291</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -15618,51 +15618,51 @@
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>601797</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -15767,82 +15767,82 @@
         <x:v>608439</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>599051</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -17071,60 +17071,60 @@
       <x:c r="T252" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>607415</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -17566,51 +17566,51 @@
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>593969</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
@@ -18079,90 +18079,90 @@
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>603524</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>607305</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -18179,51 +18179,51 @@
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>556512</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -18239,402 +18239,402 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>556571</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>546833</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>545052</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>602076</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>545053</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>545470</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>560940</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
@@ -18646,78 +18646,78 @@
       <x:c r="B280" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>545469</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18762,78 +18762,78 @@
       <x:c r="B282" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>545471</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18924,276 +18924,276 @@
         <x:v>608885</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>611343</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>611345</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>611344</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>611342</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>609226</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -19208,69 +19208,69 @@
       <x:c r="B290" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>609227</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -19315,60 +19315,60 @@
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>607414</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -19402,51 +19402,51 @@
       <x:c r="J293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>599651</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -19559,78 +19559,78 @@
       <x:c r="B296" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>566638</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -19646,85 +19646,85 @@
       <x:c r="M297" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>546220</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>556545</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -19764,288 +19764,288 @@
       <x:c r="M299" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>546507</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>544869</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>545065</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>549007</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>547711</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
@@ -20060,51 +20060,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>551956</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20117,51 +20117,51 @@
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>551958</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -20176,160 +20176,160 @@
       <x:c r="M306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>554378</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>549006</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>556625</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -20351,54 +20351,54 @@
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>572163</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -20410,51 +20410,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>566585</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
@@ -20467,54 +20467,54 @@
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>557772</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>53</x:v>
@@ -20528,54 +20528,54 @@
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>549613</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -20588,146 +20588,146 @@
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>599464</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>571688</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>556570</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -20769,102 +20769,102 @@
       <x:c r="M316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>560020</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>547710</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -20948,51 +20948,51 @@
       <x:c r="M319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>556806</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -21007,51 +21007,51 @@
       <x:c r="M320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>548685</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21064,51 +21064,51 @@
       <x:c r="M321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>548686</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>290</x:v>
@@ -21182,85 +21182,85 @@
       <x:c r="M323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>544949</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>556544</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -21332,108 +21332,108 @@
       <x:c r="B326" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>546574</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>546573</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -21475,51 +21475,51 @@
       <x:c r="M328" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>547568</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -21532,51 +21532,51 @@
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>545314</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
@@ -21615,78 +21615,78 @@
       <x:c r="U330" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>556624</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -21710,111 +21710,111 @@
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>565510</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>549220</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>239</x:v>
@@ -21828,54 +21828,54 @@
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>557207</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
@@ -21888,115 +21888,115 @@
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>548512</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>549141</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22006,51 +22006,51 @@
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>550662</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
@@ -22065,111 +22065,111 @@
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>560002</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>560710</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>158</x:v>
@@ -22183,54 +22183,54 @@
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>560179</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22240,54 +22240,54 @@
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>558912</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
@@ -22299,51 +22299,51 @@
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>550663</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -22356,170 +22356,170 @@
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>552306</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>549432</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>547773</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>456</x:v>
@@ -22533,54 +22533,54 @@
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>560934</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22590,54 +22590,54 @@
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>546009</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
@@ -22649,54 +22649,54 @@
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>546010</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22706,113 +22706,113 @@
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>544879</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>545560</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22822,54 +22822,54 @@
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>545662</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
@@ -22881,114 +22881,114 @@
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>554756</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>553201</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>239</x:v>
@@ -22996,60 +22996,60 @@
       <x:c r="J354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>556863</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -23062,231 +23062,231 @@
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>546526</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>556412</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>556417</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>546817</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -23299,54 +23299,54 @@
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>555547</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>286</x:v>
@@ -23360,114 +23360,114 @@
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>546967</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>555748</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
@@ -23479,51 +23479,51 @@
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>547437</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -23539,54 +23539,54 @@
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>556871</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
@@ -23598,353 +23598,353 @@
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>552233</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>552794</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>556413</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>556416</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>553709</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>546432</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>442</x:v>
@@ -23961,286 +23961,286 @@
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>551914</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>552718</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>587348</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>587349</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>552232</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -24253,54 +24253,54 @@
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>571087</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
@@ -24312,51 +24312,51 @@
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>553013</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
@@ -24369,291 +24369,291 @@
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>546872</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>547288</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>553245</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>556409</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>554834</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>422</x:v>
@@ -24667,54 +24667,54 @@
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>548513</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -24727,51 +24727,51 @@
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>558866</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
@@ -24786,54 +24786,54 @@
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>554283</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24843,233 +24843,233 @@
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>554284</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>553734</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>553797</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>549281</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -25082,170 +25082,170 @@
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>556095</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>549433</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>557579</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
@@ -25257,114 +25257,114 @@
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>557774</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>556816</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>239</x:v>
@@ -25378,114 +25378,114 @@
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>556867</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>548449</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
@@ -25497,51 +25497,51 @@
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>548468</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -25554,54 +25554,54 @@
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>558032</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>430</x:v>
@@ -25615,54 +25615,54 @@
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>549102</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -25675,54 +25675,54 @@
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>556874</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
@@ -25734,54 +25734,54 @@
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>545030</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -25794,54 +25794,54 @@
       <x:c r="L401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>545148</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>53</x:v>
@@ -25855,54 +25855,54 @@
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>555786</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25912,54 +25912,54 @@
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>552304</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
@@ -25971,175 +25971,175 @@
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>552305</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>556407</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>556408</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26149,54 +26149,54 @@
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>547822</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
@@ -26208,54 +26208,54 @@
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>545647</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26265,54 +26265,54 @@
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>546056</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>53</x:v>
@@ -26326,54 +26326,54 @@
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>555785</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -26386,54 +26386,54 @@
       <x:c r="L411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>545160</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>339</x:v>
@@ -26447,54 +26447,54 @@
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>556094</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26504,54 +26504,54 @@
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>556210</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>239</x:v>
@@ -26565,167 +26565,167 @@
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>556780</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>546813</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>546815</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -26738,113 +26738,113 @@
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>547147</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>552579</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26854,54 +26854,54 @@
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>552612</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
@@ -26913,230 +26913,230 @@
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>550530</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>552847</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>548861</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>546961</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>308</x:v>
@@ -27150,94 +27150,94 @@
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>571074</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>563999</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -27294,75 +27294,75 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>556511</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
@@ -27377,51 +27377,51 @@
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>554754</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
@@ -27437,286 +27437,286 @@
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>553760</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>553794</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>553796</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>552263</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>571705</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>182</x:v>
@@ -27763,78 +27763,78 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>571704</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
@@ -27903,113 +27903,113 @@
       <x:c r="L437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>552916</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>553795</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -28019,54 +28019,54 @@
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>549471</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
@@ -28078,84 +28078,84 @@
       <x:c r="L440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>549472</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>496045</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
@@ -28170,51 +28170,51 @@
       <x:c r="B442" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>496044</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
@@ -28227,51 +28227,51 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>496040</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
@@ -28286,126 +28286,126 @@
       <x:c r="B444" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>496020</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>499438</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -28426,169 +28426,169 @@
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>509508</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>518420</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>559074</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -28601,463 +28601,463 @@
       <x:c r="L449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>502679</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>498529</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>495231</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>497645</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>535148</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>496021</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>498526</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>559073</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -29070,51 +29070,51 @@
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>502675</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
@@ -29129,51 +29129,51 @@
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>506920</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -29284,51 +29284,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>504099</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
@@ -29345,253 +29345,253 @@
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>504437</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>504134</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>504393</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>507232</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
@@ -29606,51 +29606,51 @@
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>495737</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -29663,51 +29663,51 @@
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>502678</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
@@ -29722,51 +29722,51 @@
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>497246</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -29838,51 +29838,51 @@
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>496009</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -29895,51 +29895,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>499916</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
@@ -29954,111 +29954,111 @@
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>541533</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>541547</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
@@ -30067,57 +30067,57 @@
       <x:c r="J474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>541529</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -30225,51 +30225,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>512009</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
@@ -30305,111 +30305,111 @@
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>509959</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>541542</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>329</x:v>
@@ -30462,51 +30462,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>511035</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -30523,51 +30523,51 @@
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>511037</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -30583,110 +30583,110 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>513361</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>504037</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -30874,51 +30874,51 @@
       <x:c r="B488" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>496748</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -30931,110 +30931,110 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>503974</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>504033</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -31050,51 +31050,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>511033</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -31576,51 +31576,51 @@
       <x:c r="B500" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>496090</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -31633,69 +31633,69 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>504475</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -32281,51 +32281,51 @@
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>511036</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -32400,69 +32400,69 @@
       <x:c r="B514" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>504840</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -32625,120 +32625,120 @@
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>502153</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>501687</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -32753,129 +32753,129 @@
       <x:c r="B520" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>525189</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>497749</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -32947,51 +32947,51 @@
       <x:c r="J523" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>501348</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -33127,51 +33127,51 @@
       <x:c r="J526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>512876</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -33187,51 +33187,51 @@
       <x:c r="J527" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>496120</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -33337,60 +33337,60 @@
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>501927</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -33700,51 +33700,51 @@
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I536" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>510981</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -33875,54 +33875,54 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>546814</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -34224,60 +34224,60 @@
       <x:c r="U544" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>502229</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -34433,51 +34433,51 @@
       <x:c r="J548" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>508762</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -34847,51 +34847,51 @@
       <x:c r="J555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>508949</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -34936,139 +34936,139 @@
       <x:c r="T556" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>516283</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>500432</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -35081,51 +35081,51 @@
       <x:c r="J559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>501302</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -35181,51 +35181,51 @@
         <x:v>164</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>525361</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -35291,191 +35291,191 @@
       <x:c r="U562" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>502024</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>506889</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>503845</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
@@ -35818,84 +35818,84 @@
         <x:v>506736</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I572" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>503849</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>