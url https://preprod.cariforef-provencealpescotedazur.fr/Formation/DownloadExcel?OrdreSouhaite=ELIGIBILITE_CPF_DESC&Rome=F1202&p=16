--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -5771,100 +5771,94 @@
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595899</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>611235</x:v>
+        <x:v>595610</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
@@ -6830,1095 +6824,1102 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>611033</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39033</x:v>
+        <x:v>35809</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>595610</x:v>
+        <x:v>596029</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35809</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>596029</x:v>
+        <x:v>595893</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>595893</x:v>
+        <x:v>595895</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>143</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>39033</x:v>
+        <x:v>41368</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22001</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>595895</x:v>
+        <x:v>609973</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>41368</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
-      <x:c r="E97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-        <x:v>248</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22001</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>609973</x:v>
+        <x:v>595894</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>39033</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>22232</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>595894</x:v>
+        <x:v>596922</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>596922</x:v>
+        <x:v>602122</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>132</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>602122</x:v>
+        <x:v>596923</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>596923</x:v>
+        <x:v>596921</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>37385</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>596921</x:v>
+        <x:v>596989</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37385</x:v>
+        <x:v>39033</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22054</x:v>
+        <x:v>22232</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>596989</x:v>
+        <x:v>595609</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39033</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22232</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>595609</x:v>
+        <x:v>595611</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>22232</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>595611</x:v>
+        <x:v>610393</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>610393</x:v>
+        <x:v>610394</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>610394</x:v>
+        <x:v>610395</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>610395</x:v>
+        <x:v>610396</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="C109" s="3" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="n">
+        <x:v>41368</x:v>
+      </x:c>
       <x:c r="D109" s="3" t="s"/>
+      <x:c r="E109" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22001</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>610396</x:v>
+        <x:v>609972</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>132</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>41368</x:v>
+        <x:v>34863</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
-      <x:c r="E110" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>22001</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>609972</x:v>
+        <x:v>575401</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>34863</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
+      <x:c r="E111" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>575401</x:v>
+        <x:v>611235</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -9425,504 +9426,502 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>550406</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37199</x:v>
+        <x:v>39801</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>22054</x:v>
+        <x:v>22274</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>515649</x:v>
+        <x:v>552792</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38721</x:v>
+        <x:v>37199</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>22294</x:v>
+        <x:v>22054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>542019</x:v>
+        <x:v>515649</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>293</x:v>
-[...1 lines deleted...]
-      <x:c r="C140" s="15" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="n">
+        <x:v>38721</x:v>
+      </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>295</x:v>
-[...1 lines deleted...]
-      <x:c r="J140" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="J140" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>567443</x:v>
+        <x:v>542019</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>42866</x:v>
+        <x:v>22294</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>566160</x:v>
+        <x:v>567443</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>132</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>22283</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>498002</x:v>
+        <x:v>566160</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>39801</x:v>
+        <x:v>36397</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>22274</x:v>
+        <x:v>22283</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>511004</x:v>
+        <x:v>498002</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>517767</x:v>
+        <x:v>511004</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>237</x:v>
-[...2 lines deleted...]
-        <x:v>238</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>552792</x:v>
+        <x:v>517767</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>36</x:v>