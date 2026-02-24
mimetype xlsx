--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -317,174 +317,174 @@
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner une langue vivante étrangère au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation examen concours fonction publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les lettres, le français langue étrangère au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la technologie au CLG, les sciences de l'ingénieur, le design/arts appliqués au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de l'éducation et de la formation parcours chargé de mission en évaluation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contribution formation professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours coopération linguistique et éducative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Français langue étrangère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention français langue étrangère parcours didactique du Français Langue Etrangère et Seconde : approches critiques et innovations pédagogiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de l'éducation et de la formation parcours ingénierie de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé parcours coordination expertise sport santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activité physique et sportive adaptée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloc 3 : Mettre en oeuvre des situations d'apprentissage (Titre Responsable Projets et Ingénierie en formation RPIF / nouveau référentiel)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur(e) pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénierie formation pédagogie</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
-  </x:si>
-[...112 lines deleted...]
-    <x:t>Bloc 3 : Mettre en oeuvre des situations d'apprentissage (Titre Responsable Projets et Ingénierie en formation RPIF / nouveau référentiel)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de recrutement et conseils en ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
@@ -2679,1773 +2679,1770 @@
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C18" s="15" t="s"/>
+      <x:c r="C18" s="15" t="n">
+        <x:v>38155</x:v>
+      </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="J18" s="14" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J18" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>572669</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>575922</x:v>
+        <x:v>575924</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575924</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575929</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575947</x:v>
+        <x:v>575927</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575927</x:v>
+        <x:v>575928</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>575928</x:v>
+        <x:v>575942</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575942</x:v>
+        <x:v>585547</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>585547</x:v>
+        <x:v>563386</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>563386</x:v>
+        <x:v>590156</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>36500</x:v>
+        <x:v>38156</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>13364</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>590156</x:v>
+        <x:v>575696</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38156</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>13364</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575696</x:v>
+        <x:v>575939</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>575939</x:v>
+        <x:v>575946</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>575946</x:v>
+        <x:v>575935</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>39506</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>575935</x:v>
+        <x:v>575532</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>575532</x:v>
+        <x:v>575533</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>39506</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>15235</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>575533</x:v>
+        <x:v>579011</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>579011</x:v>
+        <x:v>575940</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>575940</x:v>
+        <x:v>581578</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>38156</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>13364</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>581578</x:v>
+        <x:v>575697</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38156</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>13364</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>575697</x:v>
+        <x:v>575938</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>575938</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38697</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>575949</x:v>
+        <x:v>576269</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38697</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>15459</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>576269</x:v>
+        <x:v>575944</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575944</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>575941</x:v>
+        <x:v>575943</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>575943</x:v>
+        <x:v>575945</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575945</x:v>
+        <x:v>563385</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>563385</x:v>
+        <x:v>563392</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>563392</x:v>
+        <x:v>572669</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4460,51 +4457,51 @@
       <x:c r="M48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>545497</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4517,51 +4514,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>585564</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -4576,51 +4573,51 @@
       <x:c r="M50" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>585563</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4737,101 +4734,101 @@
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>574317</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>575698</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4936,143 +4933,143 @@
       <x:c r="R56" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>575948</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>581545</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>581544</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -5094,110 +5091,110 @@
       <x:c r="M59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>610967</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>610949</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5439,51 +5436,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>590139</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5498,51 +5495,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>585576</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5622,51 +5619,51 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>585545</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>53</x:v>
@@ -5679,51 +5676,51 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>585567</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5787,51 +5784,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>585574</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -6184,51 +6181,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>600600</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -6241,51 +6238,51 @@
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>600601</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -6451,51 +6448,51 @@
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>602963</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6504,114 +6501,114 @@
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>602965</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>592115</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -6849,51 +6846,51 @@
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>548519</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -7005,51 +7002,51 @@
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>573480</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
@@ -7060,51 +7057,51 @@
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>573490</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -7112,51 +7109,51 @@
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>573481</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -7167,51 +7164,51 @@
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>573483</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
@@ -7219,51 +7216,51 @@
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>573478</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
@@ -7274,51 +7271,51 @@
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>573486</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7326,51 +7323,51 @@
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>573488</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -7381,51 +7378,51 @@
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>573482</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -7433,51 +7430,51 @@
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>573484</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
@@ -7488,51 +7485,51 @@
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>573485</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -7540,51 +7537,51 @@
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>573487</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
@@ -7595,51 +7592,51 @@
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>573477</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
@@ -7647,51 +7644,51 @@
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>573479</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
@@ -7702,51 +7699,51 @@
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>573489</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
@@ -7754,51 +7751,51 @@
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>573459</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
@@ -7809,51 +7806,51 @@
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>573469</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
@@ -7861,51 +7858,51 @@
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>573466</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
@@ -7916,51 +7913,51 @@
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>573460</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
@@ -7968,51 +7965,51 @@
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>573458</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -8023,51 +8020,51 @@
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>573468</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -8075,51 +8072,51 @@
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>573461</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
@@ -8130,51 +8127,51 @@
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>573463</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
@@ -8182,51 +8179,51 @@
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>573462</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
@@ -8237,51 +8234,51 @@
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>573464</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
@@ -8289,51 +8286,51 @@
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>573465</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
@@ -8344,51 +8341,51 @@
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>573467</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
@@ -8508,77 +8505,77 @@
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>592114</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>53</x:v>
@@ -8619,60 +8616,60 @@
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>597272</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
@@ -8709,75 +8706,75 @@
       <x:c r="R124" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>597280</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>597274</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
@@ -8820,75 +8817,75 @@
       <x:c r="R126" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>597281</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>597290</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
@@ -8907,51 +8904,51 @@
       <x:c r="J128" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>597299</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -9098,76 +9095,76 @@
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>597324</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>597331</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
@@ -9405,51 +9402,51 @@
       <x:c r="J137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>597296</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
@@ -9486,75 +9483,75 @@
       <x:c r="R138" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>597312</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>597330</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
@@ -9644,136 +9641,136 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>597364</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>597464</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>597271</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
@@ -10074,153 +10071,153 @@
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>600588</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>591864</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>591866</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -10398,51 +10395,51 @@
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>597268</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
@@ -10455,51 +10452,51 @@
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>597269</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -10509,51 +10506,51 @@
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597270</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
@@ -10575,99 +10572,99 @@
       <x:c r="J158" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>597285</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597286</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
@@ -10932,75 +10929,75 @@
       <x:c r="R164" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>597320</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>597335</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
@@ -11043,351 +11040,351 @@
       <x:c r="R166" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>597336</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>597352</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>597353</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>597275</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>597293</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38697</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>591863</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>592113</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
@@ -11598,132 +11595,132 @@
       <x:c r="R176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>597359</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>597276</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>597292</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
@@ -12153,75 +12150,75 @@
       <x:c r="R186" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>597338</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>597354</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
@@ -12294,51 +12291,51 @@
       <x:c r="J189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>597297</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
@@ -12375,75 +12372,75 @@
       <x:c r="R190" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>597313</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>597329</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
@@ -12533,51 +12530,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>597363</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>53</x:v>
@@ -12713,75 +12710,75 @@
       <x:c r="R196" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>442197</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>597273</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
@@ -12824,132 +12821,132 @@
       <x:c r="R198" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>597282</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>597289</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>597291</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
@@ -12965,51 +12962,51 @@
       <x:c r="J201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>597298</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -13213,76 +13210,76 @@
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>597323</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>597332</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
@@ -13490,75 +13487,75 @@
       <x:c r="R210" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>597357</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>597366</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
@@ -13568,51 +13565,51 @@
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>591865</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
@@ -13714,132 +13711,132 @@
       <x:c r="R214" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>601467</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>597333</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>597351</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
@@ -13855,51 +13852,51 @@
       <x:c r="J217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>597367</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
@@ -14047,75 +14044,75 @@
       <x:c r="R220" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>597318</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>597334</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
@@ -14158,75 +14155,75 @@
       <x:c r="R222" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>597350</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>597368</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
@@ -14325,76 +14322,76 @@
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>597278</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>597294</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
@@ -14410,51 +14407,51 @@
       <x:c r="J227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>597295</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
@@ -14928,82 +14925,82 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>597362</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>597461</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
@@ -15013,51 +15010,51 @@
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595480</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
@@ -15300,51 +15297,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>545498</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>245</x:v>
@@ -15816,51 +15813,51 @@
       <x:c r="I253" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>566996</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -15920,51 +15917,51 @@
       <x:c r="I255" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>44579</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>570253</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
@@ -16066,51 +16063,51 @@
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>552493</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -16372,76 +16369,76 @@
         <x:v>541629</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>543942</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>187</x:v>