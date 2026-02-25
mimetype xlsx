--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -347,335 +347,335 @@
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours coopération euro-méditerranéennes</x:t>
   </x:si>
   <x:si>
     <x:t>Institution européenne</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie parcours données, analyses, décisions et évaluation économiques</x:t>
   </x:si>
   <x:si>
     <x:t>Politique économique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours criminologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours pouvoirs, savoirs, genre (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours arts de la scène</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours  langue, communication et cerveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences cognitives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Histoire sciences et techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours communication des organisations, information, médias et numériques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours communication des organisations, médias, espace public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie archéologie funéraire et archéothanatologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sociologie parcours sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sondage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie parcours recherche en économie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychopathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation examen concours fonction publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation de l'Enseignement Catholique - Institut Saint Cassien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isfec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'histoire-géographie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours professeur documentaliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours métiers de l'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours stratégies de communication et relations presse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linguistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner une langue vivante étrangère au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités parcours humanités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres parcours recherche et concours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littérature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours archéologie classique des mondes anciens et médiévaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours territoire, hommes, sociétés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres parcours monde du livre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychogérontologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie cognitive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychothérapies psychanalytiques, humanistes, individuelles et groupales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Éducation sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la technologie au CLG, les sciences de l'ingénieur, le design/arts appliqués au LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours Momarch – Master of Martitime Archaeology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours Afrique, Monde arabe, Mondes musulmans (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours communication, innovation et management des projets numériques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention politiques publiques parcours gouvernance des données</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
-[...274 lines deleted...]
-  <x:si>
     <x:t>Théologie</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté Jean Calvin</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>Religion</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université histoire de l'art et archéologie - 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire art</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
@@ -1433,80 +1433,80 @@
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences sociales (B/L, 1re année)</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>master mention lettres</x:t>
   </x:si>
   <x:si>
     <x:t>master mention civilisations, cultures et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>master mention arts, lettres et civilisations</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ST RAPHAEL CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option théâtre</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Cours Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>ICOP</x:t>
   </x:si>
   <x:si>
     <x:t>École internationale de Manosque</x:t>
   </x:si>
   <x:si>
     <x:t>04102</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole internationale de Manosque</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Daudet</x:t>
   </x:si>
   <x:si>
     <x:t>13150</x:t>
   </x:si>
   <x:si>
     <x:t>TARASCON</x:t>
@@ -1877,50 +1877,53 @@
   <x:si>
     <x:t>13291</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences sociales (B/L, 2e année)</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire à l'École spéciale militaire de Saint-Cyr (2e année) option lettres</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) histoire</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>master mention lettres et humanités</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Monnet</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Mirabeau</x:t>
@@ -1944,53 +1947,50 @@
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Lacordaire</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Lacordaire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international G Duby</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Yavné</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent du Sacré-Coeur</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
@@ -3952,4157 +3952,4158 @@
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>575688</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38177</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>580383</x:v>
+        <x:v>575938</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575938</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575949</x:v>
+        <x:v>576323</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38200</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>576323</x:v>
+        <x:v>575524</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575524</x:v>
+        <x:v>584137</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>584137</x:v>
+        <x:v>575944</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575944</x:v>
+        <x:v>575794</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40465</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575794</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575941</x:v>
+        <x:v>575943</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>575943</x:v>
+        <x:v>575945</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575945</x:v>
+        <x:v>581257</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="P30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="P30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>581257</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>581325</x:v>
+        <x:v>581575</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>581575</x:v>
+        <x:v>576326</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>576326</x:v>
+        <x:v>574899</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>574899</x:v>
+        <x:v>574900</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>574900</x:v>
+        <x:v>580920</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>40717</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>580920</x:v>
+        <x:v>580927</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39691</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>580927</x:v>
+        <x:v>584136</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40794</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>584136</x:v>
+        <x:v>588082</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>40525</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>32062</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>588082</x:v>
+        <x:v>575530</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>39403</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>575530</x:v>
+        <x:v>575687</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>575687</x:v>
+        <x:v>575652</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38989</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575652</x:v>
+        <x:v>575948</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>575948</x:v>
+        <x:v>581545</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="Q44" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>581545</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>581544</x:v>
+        <x:v>610967</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>610967</x:v>
+        <x:v>610949</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>610949</x:v>
+        <x:v>575950</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575950</x:v>
+        <x:v>575952</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>575952</x:v>
+        <x:v>576325</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38200</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>576325</x:v>
+        <x:v>574902</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>574902</x:v>
+        <x:v>574903</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>38208</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>574903</x:v>
+        <x:v>575699</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38696</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>575699</x:v>
+        <x:v>575951</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>575951</x:v>
+        <x:v>576270</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38698</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>576270</x:v>
+        <x:v>574996</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>574996</x:v>
+        <x:v>575523</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>39479</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>575523</x:v>
+        <x:v>575537</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39479</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>575537</x:v>
+        <x:v>574777</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>574777</x:v>
+        <x:v>603924</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39494</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>603924</x:v>
+        <x:v>580919</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40717</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>580919</x:v>
+        <x:v>580921</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40717</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>580921</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38990</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>14461</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>575695</x:v>
+        <x:v>575541</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>39494</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>575541</x:v>
+        <x:v>575694</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38990</x:v>
+        <x:v>39022</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>14461</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575694</x:v>
+        <x:v>575691</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>39022</x:v>
+        <x:v>38992</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>14411</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>575691</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>575692</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>38992</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>575690</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>38989</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>575690</x:v>
+        <x:v>575797</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40465</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>575797</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>575922</x:v>
+        <x:v>575924</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>575924</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575929</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>35973</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>575947</x:v>
+        <x:v>576259</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>35973</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>576259</x:v>
+        <x:v>575927</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>575927</x:v>
+        <x:v>575928</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>575928</x:v>
+        <x:v>575942</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>575942</x:v>
+        <x:v>575531</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>39403</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>13024</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>575531</x:v>
+        <x:v>575795</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40465</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>575795</x:v>
+        <x:v>576327</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>576327</x:v>
+        <x:v>581323</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>40717</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>581323</x:v>
+        <x:v>584134</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40794</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>584134</x:v>
+        <x:v>587487</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38208</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>587487</x:v>
+        <x:v>598436</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>40794</x:v>
+        <x:v>38177</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>598436</x:v>
+        <x:v>580383</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="U85" s="4" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>590715</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14216</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q87" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R87" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>587833</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>570550</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>570544</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>26239</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -8119,51 +8120,51 @@
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>543356</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -8174,51 +8175,51 @@
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>543344</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
@@ -8226,51 +8227,51 @@
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>563335</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -8281,118 +8282,118 @@
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>563334</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="R95" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>607502</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -8456,85 +8457,85 @@
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>590707</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>602559</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -8542,51 +8543,51 @@
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>602563</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -8634,125 +8635,125 @@
       <x:c r="R100" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>595995</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>592012</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>595561</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -8864,51 +8865,51 @@
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>592046</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
@@ -10053,51 +10054,51 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>593830</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>314</x:v>
@@ -10359,51 +10360,51 @@
         <x:v>327</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>593880</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>330</x:v>
@@ -10767,51 +10768,51 @@
         <x:v>327</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>593803</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>347</x:v>
@@ -11073,51 +11074,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>593855</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>237</x:v>
@@ -11676,100 +11677,100 @@
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>593237</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>595510</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -11982,51 +11983,51 @@
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595508</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
@@ -12142,51 +12143,51 @@
       <x:c r="I169" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>595633</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -12390,100 +12391,100 @@
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>595512</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>595514</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -12492,51 +12493,51 @@
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>595580</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -12624,79 +12625,79 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>597254</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>597272</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
@@ -12754,51 +12755,51 @@
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>595581</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
@@ -12807,51 +12808,51 @@
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>595588</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
@@ -12887,91 +12888,91 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>597262</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>597280</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -12998,219 +12999,219 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>597249</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>597274</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>597281</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>597290</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44530</x:v>
@@ -13220,51 +13221,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>597299</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
@@ -13277,433 +13278,433 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>597306</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>597315</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>597324</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>595639</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>591869</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>597331</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>597340</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>597349</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
@@ -13716,51 +13717,51 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>597356</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44530</x:v>
@@ -13770,51 +13771,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>597365</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
@@ -13827,216 +13828,216 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>597296</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>597312</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>597330</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>597346</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
@@ -14179,51 +14180,51 @@
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>591989</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
@@ -14285,51 +14286,51 @@
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>595558</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
@@ -14338,100 +14339,100 @@
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>595560</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>595742</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
@@ -14440,100 +14441,100 @@
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>595688</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>595690</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
@@ -14617,108 +14618,108 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>595973</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>597271</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44530</x:v>
@@ -14728,51 +14729,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>597287</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
@@ -14785,162 +14786,162 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>597305</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>597321</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>597337</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>44530</x:v>
@@ -14977,51 +14978,51 @@
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>595506</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
@@ -15700,51 +15701,51 @@
         <x:v>56</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>595643</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>389</x:v>
@@ -15793,100 +15794,100 @@
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>595845</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>595519</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
@@ -15895,51 +15896,51 @@
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>595751</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
@@ -16250,51 +16251,51 @@
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>593238</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
@@ -16711,51 +16712,51 @@
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>593077</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
@@ -16800,193 +16801,193 @@
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>592034</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>592048</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>592116</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>592118</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39789</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
@@ -17013,108 +17014,108 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>592189</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>597283</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>44530</x:v>
@@ -17124,5240 +17125,5236 @@
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>597301</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="C264" s="15" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C264" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>455</x:v>
-[...1 lines deleted...]
-      <x:c r="J264" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J264" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>593885</x:v>
+        <x:v>597317</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>597317</x:v>
+        <x:v>592571</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>40617</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>14229</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>592571</x:v>
+        <x:v>597268</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>597268</x:v>
+        <x:v>592971</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>592971</x:v>
+        <x:v>595645</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>376</x:v>
-[...1 lines deleted...]
-      <x:c r="C269" s="3" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="n">
+        <x:v>38155</x:v>
+      </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>595645</x:v>
+        <x:v>597269</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>597269</x:v>
+        <x:v>597270</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>597270</x:v>
+        <x:v>597285</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>597285</x:v>
+        <x:v>597286</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>597286</x:v>
+        <x:v>597302</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>597302</x:v>
+        <x:v>597303</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>597303</x:v>
+        <x:v>597319</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>597319</x:v>
+        <x:v>597320</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>597320</x:v>
+        <x:v>597335</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>597335</x:v>
+        <x:v>593844</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>593844</x:v>
+        <x:v>593239</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>593239</x:v>
+        <x:v>593241</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>593241</x:v>
+        <x:v>593885</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>389</x:v>
-[...1 lines deleted...]
-      <x:c r="J282" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>593899</x:v>
+        <x:v>597336</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>597336</x:v>
+        <x:v>597352</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>597352</x:v>
+        <x:v>597353</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>597353</x:v>
+        <x:v>592888</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>592888</x:v>
+        <x:v>592890</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>592890</x:v>
+        <x:v>593757</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>593757</x:v>
+        <x:v>593759</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>593759</x:v>
+        <x:v>593775</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>593775</x:v>
+        <x:v>593777</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>593777</x:v>
+        <x:v>593791</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>593791</x:v>
+        <x:v>593793</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>593793</x:v>
+        <x:v>593807</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>593807</x:v>
+        <x:v>593809</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>593809</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>592972</x:v>
+        <x:v>595971</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>595971</x:v>
+        <x:v>596021</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>438</x:v>
-[...1 lines deleted...]
-      <x:c r="C298" s="15" t="s"/>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C298" s="15" t="n">
+        <x:v>38208</x:v>
+      </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>389</x:v>
-[...1 lines deleted...]
-      <x:c r="J298" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J298" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>596021</x:v>
+        <x:v>597259</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>597259</x:v>
+        <x:v>597275</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>597275</x:v>
+        <x:v>597293</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>597293</x:v>
+        <x:v>597159</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>597159</x:v>
+        <x:v>595689</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>595689</x:v>
+        <x:v>595743</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>595743</x:v>
+        <x:v>595993</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>393</x:v>
-[...1 lines deleted...]
-      <x:c r="C305" s="3" t="s"/>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="n">
+        <x:v>38991</x:v>
+      </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J305" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>595993</x:v>
+        <x:v>591929</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>38991</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>591929</x:v>
+        <x:v>592011</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>592011</x:v>
+        <x:v>592045</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>592045</x:v>
+        <x:v>592047</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38967</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>14278</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>592047</x:v>
+        <x:v>597309</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>597309</x:v>
+        <x:v>597325</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>597325</x:v>
+        <x:v>597343</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>597343</x:v>
+        <x:v>597359</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>597359</x:v>
+        <x:v>597258</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38208</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>597258</x:v>
+        <x:v>597276</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>597276</x:v>
+        <x:v>597292</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>597292</x:v>
+        <x:v>597308</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>597308</x:v>
+        <x:v>593915</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="C318" s="15" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C318" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>486</x:v>
-[...1 lines deleted...]
-      <x:c r="J318" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J318" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>593915</x:v>
+        <x:v>597326</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>597326</x:v>
+        <x:v>597342</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>597342</x:v>
+        <x:v>597358</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>597358</x:v>
+        <x:v>592794</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>487</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>592794</x:v>
+        <x:v>595106</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>595106</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>595108</x:v>
+        <x:v>592967</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>592967</x:v>
+        <x:v>592969</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>592969</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>592962</x:v>
+        <x:v>593076</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>449</x:v>
-[...1 lines deleted...]
-      <x:c r="C328" s="15" t="s"/>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C328" s="15" t="n">
+        <x:v>40465</x:v>
+      </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>266</x:v>
-[...1 lines deleted...]
-      <x:c r="J328" s="14" t="s"/>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="J328" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>593076</x:v>
+        <x:v>592797</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>592797</x:v>
+        <x:v>595518</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>595518</x:v>
+        <x:v>595750</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>595750</x:v>
+        <x:v>595970</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>404</x:v>
-[...1 lines deleted...]
-      <x:c r="C332" s="15" t="s"/>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C332" s="15" t="n">
+        <x:v>39479</x:v>
+      </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>254</x:v>
-[...1 lines deleted...]
-      <x:c r="J332" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J332" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>595970</x:v>
+        <x:v>595408</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>488</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>595408</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>592892</x:v>
+        <x:v>592894</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>592894</x:v>
+        <x:v>593078</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>593078</x:v>
+        <x:v>593890</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>593890</x:v>
+        <x:v>595979</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="C338" s="15" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C338" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>282</x:v>
-[...1 lines deleted...]
-      <x:c r="J338" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J338" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>595979</x:v>
+        <x:v>597288</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>597288</x:v>
+        <x:v>597304</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>597304</x:v>
+        <x:v>597322</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>597322</x:v>
+        <x:v>597338</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>597338</x:v>
+        <x:v>597354</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>35973</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>597354</x:v>
+        <x:v>595444</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>595444</x:v>
+        <x:v>593749</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>593749</x:v>
+        <x:v>593751</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>593751</x:v>
+        <x:v>593765</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>593765</x:v>
+        <x:v>593767</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>593767</x:v>
+        <x:v>593783</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>593783</x:v>
+        <x:v>593785</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>593785</x:v>
+        <x:v>593799</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>593799</x:v>
+        <x:v>593801</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>593801</x:v>
+        <x:v>593815</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>593815</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>593817</x:v>
+        <x:v>593833</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>593833</x:v>
+        <x:v>593835</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>593835</x:v>
+        <x:v>593849</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>593849</x:v>
+        <x:v>593851</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>593851</x:v>
+        <x:v>593865</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>593865</x:v>
+        <x:v>593867</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>593867</x:v>
+        <x:v>593883</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>593883</x:v>
+        <x:v>593899</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
@@ -22370,51 +22367,51 @@
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>597279</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>44530</x:v>
@@ -22424,139 +22421,139 @@
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>597297</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>597313</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>597329</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
@@ -22690,105 +22687,105 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>593919</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>597347</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
@@ -23269,76 +23266,76 @@
         <x:v>593748</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>518</x:v>
@@ -24558,51 +24555,51 @@
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>594660</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
@@ -24713,405 +24710,405 @@
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>596984</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>595520</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>597248</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>597273</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>597282</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>597289</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>597291</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>44530</x:v>
@@ -25197,77 +25194,77 @@
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>595521</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
@@ -25280,1258 +25277,1257 @@
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>597307</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>597314</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>597316</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>597323</x:v>
+        <x:v>593875</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>597332</x:v>
+        <x:v>597323</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>597339</x:v>
+        <x:v>597332</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>597341</x:v>
+        <x:v>597339</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>597348</x:v>
+        <x:v>597341</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>597357</x:v>
+        <x:v>597348</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>597366</x:v>
+        <x:v>597357</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>39462</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>592109</x:v>
+        <x:v>597366</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>39691</x:v>
+        <x:v>39462</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>592225</x:v>
+        <x:v>592109</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="C430" s="15" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C430" s="15" t="n">
+        <x:v>39691</x:v>
+      </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>606</x:v>
-[...1 lines deleted...]
-      <x:c r="J430" s="14" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="J430" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>607</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>593773</x:v>
+        <x:v>592225</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>593798</x:v>
+        <x:v>593773</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>593823</x:v>
+        <x:v>593798</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>595516</x:v>
+        <x:v>593823</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>595107</x:v>
+        <x:v>595516</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>593825</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>593827</x:v>
+        <x:v>593825</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="Q437" s="4" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="R437" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="Q437" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>593841</x:v>
+        <x:v>593827</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>593843</x:v>
+        <x:v>593841</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>593857</x:v>
+        <x:v>593843</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="Q440" s="16" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="R440" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="Q440" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>593859</x:v>
+        <x:v>593857</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="Q441" s="4" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="R441" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="Q441" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>593875</x:v>
+        <x:v>593859</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>397</x:v>
@@ -26843,51 +26839,51 @@
         <x:v>633</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>593774</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>635</x:v>
@@ -26994,51 +26990,51 @@
       <x:c r="I451" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>593792</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
@@ -27810,51 +27806,51 @@
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>591868</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
@@ -28178,51 +28174,51 @@
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
@@ -28267,358 +28263,358 @@
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>592036</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>592038</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>591881</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>592104</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>592120</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>592117</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40548</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
@@ -28676,51 +28672,51 @@
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
@@ -28733,51 +28729,51 @@
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>12523</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>591985</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
@@ -28796,95 +28792,95 @@
       <x:c r="J485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>595557</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
@@ -28929,76 +28925,76 @@
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>592037</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>592105</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
@@ -29112,51 +29108,51 @@
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
@@ -29267,188 +29263,188 @@
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>595511</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>597333</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>597351</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>44530</x:v>
@@ -29693,131 +29689,131 @@
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>595582</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>597284</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>28</x:v>
@@ -29830,250 +29826,250 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>597300</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>597318</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>597334</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>597350</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>597368</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
@@ -30133,51 +30129,51 @@
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>595559</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
@@ -30457,100 +30453,100 @@
         <x:v>327</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>593779</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>593781</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
@@ -31298,72 +31294,72 @@
         <x:v>636</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>593772</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>593786</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
@@ -31526,51 +31522,51 @@
       <x:c r="I537" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>593820</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
@@ -31681,51 +31677,51 @@
         <x:v>311</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>593838</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>285</x:v>
@@ -32089,97 +32085,97 @@
         <x:v>327</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>593906</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>593920</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
@@ -32318,75 +32314,75 @@
         <x:v>448</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>593897</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>593911</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
@@ -32521,81 +32517,81 @@
       <x:c r="R556" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>592895</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>597260</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
@@ -32625,51 +32621,51 @@
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>597261</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>44530</x:v>
@@ -32679,51 +32675,51 @@
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>597277</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>28</x:v>
@@ -32736,105 +32732,105 @@
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>597278</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>597294</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>28</x:v>
@@ -32847,51 +32843,51 @@
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>597295</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>44530</x:v>
@@ -32901,51 +32897,51 @@
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>597310</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>28</x:v>
@@ -32958,273 +32954,273 @@
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>597311</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>597327</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>597328</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>597344</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>597345</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>44530</x:v>
@@ -33234,51 +33230,51 @@
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>597360</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>28</x:v>
@@ -33291,51 +33287,51 @@
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>597361</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>44530</x:v>
@@ -33678,51 +33674,51 @@
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>595846</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
@@ -33829,51 +33825,51 @@
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>593073</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
@@ -33882,100 +33878,100 @@
       <x:c r="C582" s="15" t="s"/>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s"/>
       <x:c r="K582" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>593075</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>594659</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
@@ -33984,100 +33980,100 @@
       <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>595513</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>595515</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
@@ -34086,51 +34082,51 @@
       <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>593074</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
@@ -34161,78 +34157,78 @@
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>597473</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>593240</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
@@ -34290,100 +34286,100 @@
       <x:c r="C590" s="15" t="s"/>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s"/>
       <x:c r="K590" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>595507</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C591" s="3" t="s"/>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>595509</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">