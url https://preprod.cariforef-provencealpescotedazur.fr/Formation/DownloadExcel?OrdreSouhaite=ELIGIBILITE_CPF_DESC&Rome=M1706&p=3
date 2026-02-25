--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -3413,334 +3413,333 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>596764</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38123</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>601435</x:v>
+        <x:v>592527</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38604</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>34026</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>608415</x:v>
+        <x:v>601435</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>38604</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34026</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>596760</x:v>
+        <x:v>608415</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>603564</x:v>
+        <x:v>596760</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>40851</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>34053</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>601339</x:v>
+        <x:v>603564</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40851</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -3749,1103 +3748,1103 @@
       <x:c r="K44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>584184</x:v>
+        <x:v>601339</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38131</x:v>
+        <x:v>40851</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34053</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>549648</x:v>
+        <x:v>584184</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>37635</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>544974</x:v>
+        <x:v>549648</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>40359</x:v>
+        <x:v>37635</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>589688</x:v>
+        <x:v>544974</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38123</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>549649</x:v>
+        <x:v>589688</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>40359</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>573882</x:v>
+        <x:v>549649</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>573879</x:v>
+        <x:v>573882</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38131</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>546034</x:v>
+        <x:v>573879</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35354</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>556143</x:v>
+        <x:v>546034</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38131</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>546322</x:v>
+        <x:v>556143</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>38123</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>548484</x:v>
+        <x:v>546322</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>554891</x:v>
+        <x:v>548484</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>589684</x:v>
+        <x:v>554891</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>589686</x:v>
+        <x:v>589684</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="C58" s="15" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="n">
+        <x:v>40359</x:v>
+      </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>181</x:v>
-[...1 lines deleted...]
-      <x:c r="J58" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>34584</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>563993</x:v>
+        <x:v>589686</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>188</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>34584</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>553364</x:v>
+        <x:v>563993</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38604</x:v>
+        <x:v>36743</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>149</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>34026</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>555041</x:v>
+        <x:v>553364</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>35354</x:v>
+        <x:v>38604</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34026</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>554893</x:v>
+        <x:v>555041</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>120</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592527</x:v>
+        <x:v>554893</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>111</x:v>
       </x:c>