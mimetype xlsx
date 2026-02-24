--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -446,93 +446,93 @@
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Conduite de Travaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESCT</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Conduite de Travaux - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>BTS finitions, aménagement des bâtiments : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>BTS TP - Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>BTS travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>BTS travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel La Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
@@ -4850,87 +4850,87 @@
       <x:c r="S58" s="14" t="n">
         <x:v>609804</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>608155</x:v>
+        <x:v>611235</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>66</x:v>
@@ -4941,51 +4941,51 @@
       <x:c r="I60" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>511004</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
@@ -4995,172 +4995,172 @@
       <x:c r="G61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>517767</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>495644</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>502220</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
@@ -5177,530 +5177,530 @@
       <x:c r="H64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>515628</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>558486</x:v>
+        <x:v>552792</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>70</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>556710</x:v>
+        <x:v>558486</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>556357</x:v>
+        <x:v>556710</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>552792</x:v>
+        <x:v>556357</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>547689</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>611235</x:v>
+        <x:v>605937</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>605937</x:v>
+        <x:v>608155</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39801</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22274</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>604714</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
@@ -6496,202 +6496,202 @@
       <x:c r="S86" s="14" t="n">
         <x:v>602122</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>547722</x:v>
+        <x:v>607805</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>607805</x:v>
+        <x:v>547722</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>608244</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -6705,54 +6705,54 @@
       <x:c r="H90" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>611236</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
@@ -6886,54 +6886,54 @@
       <x:c r="H93" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>515649</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -6950,51 +6950,51 @@
       <x:c r="I94" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>511110</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
@@ -7131,51 +7131,51 @@
       <x:c r="I97" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>556422</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37199</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
@@ -7305,51 +7305,51 @@
       <x:c r="I100" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>575546</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
@@ -7420,51 +7420,51 @@
       <x:c r="I102" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>603815</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
@@ -7480,51 +7480,51 @@
       <x:c r="I103" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>554926</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
@@ -7541,51 +7541,51 @@
       <x:c r="I104" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>454263</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35483</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
@@ -7601,51 +7601,51 @@
       <x:c r="I105" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>509948</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
@@ -7746,198 +7746,198 @@
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>560470</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>575483</x:v>
+        <x:v>575401</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>34863</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22294</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>575401</x:v>
+        <x:v>575483</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592252</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -7950,51 +7950,51 @@
       <x:c r="J111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>572714</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -8011,51 +8011,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>549382</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -8080,51 +8080,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>551899</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>201</x:v>
@@ -8814,78 +8814,78 @@
       <x:c r="S126" s="14" t="n">
         <x:v>581169</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>606188</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
@@ -8897,54 +8897,54 @@
       <x:c r="I128" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>597797</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>253</x:v>
@@ -9247,51 +9247,51 @@
       <x:c r="I134" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>608202</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40054</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -9307,51 +9307,51 @@
       <x:c r="I135" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>608201</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>30142</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
@@ -9721,51 +9721,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39225</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>