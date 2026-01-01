--- v0 (2026-01-01)
+++ v1 (2026-01-01)
@@ -407,89 +407,89 @@
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Renforcer sa posture de manager et son leadership</x:t>
   </x:si>
   <x:si>
     <x:t>Destination emploi formation industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Afpi Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional CFAI Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFAI PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional CFAI Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en énergies renouvelables (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure des Mines de Paris</x:t>
   </x:si>
   <x:si>
     <x:t>ENSMP</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie solaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
@@ -824,59 +824,59 @@
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et processus de mise en forme des matériaux</x:t>
   </x:si>
   <x:si>
     <x:t>Matériau produit chimique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : gestion de la production industrielle parcours chargé d'affaire en chaudronnerie industrielle en partenariat avec le CNAM (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : industrie aéronautique</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aéronautique</x:t>
   </x:si>
   <x:si>
+    <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05130</x:t>
+  </x:si>
+  <x:si>
     <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
-    <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie aéronautique double parcours maintenance aéronautique et technologie des aéronefs</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Génie des procédés et bio procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Management : Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
@@ -917,57 +917,57 @@
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la chaîne logistique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Logistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention électronique, énergie électrique, automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Électronique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours analyse et contrôle des systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours génie des systèmes automatisés</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours réseaux électriques bâtiments industries intelligents</x:t>
   </x:si>
@@ -3191,51 +3191,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>588502</x:v>
+        <x:v>588501</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>109</x:v>
@@ -3243,51 +3243,51 @@
       <x:c r="K27" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591175</x:v>
+        <x:v>591174</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>109</x:v>
@@ -3296,51 +3296,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>588503</x:v>
+        <x:v>588502</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>109</x:v>
@@ -3348,51 +3348,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>591176</x:v>
+        <x:v>591175</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>109</x:v>
@@ -3401,51 +3401,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>588504</x:v>
+        <x:v>588503</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>109</x:v>
@@ -3453,51 +3453,51 @@
       <x:c r="K31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591177</x:v>
+        <x:v>591176</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>109</x:v>
@@ -3506,51 +3506,51 @@
       <x:c r="K32" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>588505</x:v>
+        <x:v>588504</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>109</x:v>
@@ -3558,51 +3558,51 @@
       <x:c r="K33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591178</x:v>
+        <x:v>591177</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>109</x:v>
@@ -3611,51 +3611,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>588501</x:v>
+        <x:v>588505</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>109</x:v>
@@ -3663,51 +3663,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591174</x:v>
+        <x:v>591178</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
@@ -6531,51 +6531,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>550285</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -6869,114 +6869,114 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592397</x:v>
+        <x:v>592398</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="R91" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="R91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>592398</x:v>
+        <x:v>592397</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
@@ -6988,51 +6988,51 @@
       <x:c r="J92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>575991</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>30062</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -7632,319 +7632,319 @@
       <x:c r="S104" s="14" t="n">
         <x:v>609502</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>544251</x:v>
+        <x:v>605726</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>605726</x:v>
+        <x:v>544251</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>550298</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>591876</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>591877</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">