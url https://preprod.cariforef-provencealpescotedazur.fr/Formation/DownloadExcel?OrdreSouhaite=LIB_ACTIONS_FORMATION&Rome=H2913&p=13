--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -656,102 +656,102 @@
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Souder en toutes positions des ouvrages métalliques avec les procédés de soudage semi-automatique et TIG - Bloc de compétences du titre professionnel Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soudeur Assembleur Industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
@@ -2314,146 +2314,146 @@
       <x:c r="R14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>573826</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>604455</x:v>
+        <x:v>604516</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>604516</x:v>
+        <x:v>604455</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -2832,142 +2832,141 @@
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>514444</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>540871</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>554810</x:v>
+        <x:v>540871</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
@@ -3866,93 +3865,93 @@
         <x:v>547830</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>605641</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -3962,175 +3961,178 @@
       <x:c r="K43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>550208</x:v>
+        <x:v>550209</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>550210</x:v>
+        <x:v>550208</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>493114</x:v>
+        <x:v>550210</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>104</x:v>
@@ -4284,326 +4286,324 @@
       <x:c r="S48" s="14" t="n">
         <x:v>547758</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>556768</x:v>
+        <x:v>515762</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>550209</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>515762</x:v>
+        <x:v>500959</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>500959</x:v>
+        <x:v>500963</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>500963</x:v>
+        <x:v>500951</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>102</x:v>
@@ -4611,120 +4611,120 @@
       <x:c r="H54" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>500951</x:v>
+        <x:v>451217</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>451217</x:v>
+        <x:v>451219</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>102</x:v>
@@ -4732,126 +4732,126 @@
       <x:c r="H56" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>451219</x:v>
+        <x:v>451221</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>451221</x:v>
+        <x:v>500955</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>104</x:v>
@@ -4862,57 +4862,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>500955</x:v>
+        <x:v>500971</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -4922,57 +4922,57 @@
       <x:c r="K59" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>500971</x:v>
+        <x:v>605641</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>104</x:v>
@@ -6188,144 +6188,144 @@
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>555245</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>577352</x:v>
+        <x:v>576738</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>576738</x:v>
+        <x:v>577352</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
@@ -8624,144 +8624,144 @@
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>604510</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>604448</x:v>
+        <x:v>604509</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>604509</x:v>
+        <x:v>604448</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
@@ -8892,114 +8892,114 @@
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>547926</x:v>
+        <x:v>576742</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>548066</x:v>
+        <x:v>577356</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9008,114 +9008,114 @@
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>576742</x:v>
+        <x:v>547926</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>577356</x:v>
+        <x:v>548066</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -10016,266 +10016,266 @@
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>548062</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>548060</x:v>
+        <x:v>547920</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>598069</x:v>
+        <x:v>598099</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>598102</x:v>
+        <x:v>598066</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>598101</x:v>
+        <x:v>548060</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10284,518 +10284,518 @@
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>598068</x:v>
+        <x:v>598069</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>598099</x:v>
+        <x:v>598102</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>598066</x:v>
+        <x:v>598101</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>547920</x:v>
+        <x:v>598068</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>532197</x:v>
+        <x:v>571686</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>532268</x:v>
+        <x:v>570958</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>571687</x:v>
+        <x:v>571679</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>571556</x:v>
+        <x:v>532196</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>575521</x:v>
+        <x:v>532267</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10805,869 +10805,869 @@
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>575439</x:v>
+        <x:v>571555</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>589738</x:v>
+        <x:v>566313</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>589739</x:v>
+        <x:v>566370</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>589764</x:v>
+        <x:v>589738</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>589765</x:v>
+        <x:v>589739</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>604424</x:v>
+        <x:v>589764</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>604488</x:v>
+        <x:v>589765</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>570959</x:v>
+        <x:v>604424</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>566314</x:v>
+        <x:v>604488</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>566371</x:v>
+        <x:v>570959</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>571680</x:v>
+        <x:v>566314</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>571686</x:v>
+        <x:v>566371</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>570958</x:v>
+        <x:v>571680</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>571679</x:v>
+        <x:v>571556</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>532196</x:v>
+        <x:v>532197</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -11676,227 +11676,227 @@
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>532267</x:v>
+        <x:v>532268</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>571555</x:v>
+        <x:v>571687</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>566313</x:v>
+        <x:v>575521</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>566370</x:v>
+        <x:v>575439</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
@@ -11905,51 +11905,51 @@
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>609939</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11962,51 +11962,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>566372</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
@@ -12021,51 +12021,51 @@
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>610106</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -12078,51 +12078,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>566315</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12211,150 +12211,150 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>575522</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>571681</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>570960</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
@@ -12369,51 +12369,51 @@
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>610107</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -12426,51 +12426,51 @@
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>609940</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
@@ -12485,51 +12485,51 @@
       <x:c r="J190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>609941</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12542,51 +12542,51 @@
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>610108</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
@@ -12717,51 +12717,51 @@
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>589767</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -12774,51 +12774,51 @@
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>589741</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
@@ -12833,233 +12833,233 @@
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>588021</x:v>
+        <x:v>579161</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>577406</x:v>
+        <x:v>579299</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>576794</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>588078</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -13071,340 +13071,340 @@
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>579298</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>579160</x:v>
+        <x:v>588021</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>579161</x:v>
+        <x:v>577406</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>579299</x:v>
+        <x:v>579160</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>585768</x:v>
+        <x:v>586066</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>586066</x:v>
+        <x:v>585768</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>35</x:v>
@@ -13594,51 +13594,51 @@
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>579935</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G210" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>155</x:v>
@@ -13710,54 +13710,54 @@
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>532269</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -13769,102 +13769,102 @@
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>532198</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>553947</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
@@ -13879,51 +13879,51 @@
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>553928</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13936,51 +13936,51 @@
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>525922</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
@@ -13995,224 +13995,224 @@
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>525861</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>532199</x:v>
+        <x:v>532270</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>532270</x:v>
+        <x:v>532199</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>571587</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
@@ -14227,51 +14227,51 @@
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>570903</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -14284,51 +14284,51 @@
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>572817</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
@@ -14343,51 +14343,51 @@
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>572831</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>244</x:v>
@@ -14404,51 +14404,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>23026</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>584011</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>25</x:v>
@@ -15297,51 +15297,51 @@
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>571356</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -15417,51 +15417,51 @@
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>583861</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -16120,123 +16120,123 @@
       <x:c r="C252" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>586065</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>585767</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>