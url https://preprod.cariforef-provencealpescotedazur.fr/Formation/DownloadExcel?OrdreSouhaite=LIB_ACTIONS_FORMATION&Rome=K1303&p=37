--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -356,363 +356,363 @@
   <x:si>
     <x:t>CAP accompagnant éducatif petite enfance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Toccata</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Petite enfance</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant maternel / garde d'enfants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REFLETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistance maternelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant(e) maternel(le)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HETIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro services aux personnes et animation dans les territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Action sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fondation Apprentis d'Auteuil - Antenne Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro services aux personnes et animation dans les territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée professionnel Saint-Jean le Baptiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARBENTANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Vert d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Chênes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel et Technologique Les Chênes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Agricampus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPA les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-REMY-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR Bléone-Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAU-ARNOUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPA les Magnanarelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFR de Puyloubier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYLOUBIER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP ACAF - MSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAISON LA ROMAINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA L Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro services aux personnes et animation dans les territoires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akteap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Privé Provence Verte</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...289 lines deleted...]
-  <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale d'Education et d'Orientation de Bléone Durance - CFA Régional des Maisons Familiales et Rurales Paca</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
@@ -4201,51 +4201,51 @@
       <x:c r="K18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>599786</x:v>
+        <x:v>599785</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -6143,51 +6143,51 @@
       <x:c r="M52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -6200,169 +6200,169 @@
       <x:c r="M53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>611639</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>605797</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>599785</x:v>
+        <x:v>599786</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>164</x:v>
@@ -6397,84 +6397,84 @@
       <x:c r="S56" s="14" t="n">
         <x:v>599363</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>496371</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -6560,51 +6560,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>501259</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>148</x:v>
@@ -6681,51 +6681,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>545446</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>148</x:v>
@@ -6742,51 +6742,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>545444</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -6802,112 +6802,112 @@
       <x:c r="M63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>545445</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>555691</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -6984,51 +6984,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>545542</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -7044,51 +7044,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>497797</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>170</x:v>
@@ -7159,51 +7159,51 @@
       <x:c r="M69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>596193</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -7216,105 +7216,105 @@
       <x:c r="M70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>596195</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>596209</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -7327,51 +7327,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>596211</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -8551,75 +8551,75 @@
       <x:c r="T92" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>569127</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -8743,54 +8743,54 @@
       <x:c r="I96" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>566479</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -9867,75 +9867,75 @@
       <x:c r="T114" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>567101</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
@@ -10188,51 +10188,51 @@
       <x:c r="M120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596201</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10242,51 +10242,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>596203</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10299,51 +10299,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596194</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10353,51 +10353,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>596196</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10410,51 +10410,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>596210</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10464,51 +10464,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>596212</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10521,51 +10521,51 @@
       <x:c r="M126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>596213</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10575,51 +10575,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>596198</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10632,51 +10632,51 @@
       <x:c r="M128" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>596200</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10686,51 +10686,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>596214</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10797,51 +10797,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>596190</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10854,51 +10854,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>596206</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10908,51 +10908,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>596208</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10965,51 +10965,51 @@
       <x:c r="M134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>596192</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11019,51 +11019,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>596189</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -11076,51 +11076,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>596191</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11130,51 +11130,51 @@
       <x:c r="M137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>596205</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -11187,51 +11187,51 @@
       <x:c r="M138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>596207</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11241,51 +11241,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>596197</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -11298,51 +11298,51 @@
       <x:c r="M140" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>596199</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11352,51 +11352,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>596215</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -11409,51 +11409,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>596202</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11463,51 +11463,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>596204</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -11597,132 +11597,132 @@
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>569125</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>573850</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -12120,324 +12120,324 @@
       <x:c r="U154" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>604718</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>607461</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>607463</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>604798</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>604799</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -12452,51 +12452,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>607771</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -12509,51 +12509,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>605501</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -12625,51 +12625,51 @@
       <x:c r="M163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>602606</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>217</x:v>
@@ -12686,51 +12686,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>608770</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -12746,73 +12746,73 @@
       <x:c r="M165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>608768</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
@@ -12831,87 +12831,87 @@
       <x:c r="U166" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>604719</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
@@ -12926,51 +12926,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>601418</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -12983,51 +12983,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>603240</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -13042,51 +13042,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>609271</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -13099,51 +13099,51 @@
       <x:c r="M171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>609273</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -13158,51 +13158,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>609274</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -13215,51 +13215,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>609267</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -13274,51 +13274,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>609268</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -13331,51 +13331,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>609269</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -13390,51 +13390,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>609270</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -13447,51 +13447,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>609272</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>217</x:v>
@@ -13565,51 +13565,51 @@
       <x:c r="M179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>606825</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>438</x:v>
@@ -13626,51 +13626,51 @@
       <x:c r="M180" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>599792</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -13744,51 +13744,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>599631</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -13860,51 +13860,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>606985</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -13920,51 +13920,51 @@
       <x:c r="M185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>609496</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
@@ -13979,51 +13979,51 @@
       <x:c r="M186" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>603239</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -14095,51 +14095,51 @@
       <x:c r="M188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>605502</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -14216,51 +14216,51 @@
       <x:c r="M190" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>600197</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -14273,51 +14273,51 @@
       <x:c r="M191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>603912</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -14332,108 +14332,108 @@
       <x:c r="M192" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>603913</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>607430</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -14508,51 +14508,51 @@
       <x:c r="M195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>600198</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
@@ -14624,51 +14624,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>601421</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -14683,51 +14683,51 @@
       <x:c r="M198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>611630</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -14743,51 +14743,51 @@
       <x:c r="M199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>545552</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -14802,51 +14802,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>547654</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -15273,51 +15273,51 @@
       <x:c r="M208" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>547650</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -15449,51 +15449,51 @@
       <x:c r="M211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>546099</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
@@ -15508,51 +15508,51 @@
       <x:c r="M212" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>547652</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -15593,51 +15593,51 @@
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -15653,87 +15653,87 @@
       <x:c r="U214" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>553247</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
@@ -15805,51 +15805,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>548582</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>217</x:v>
@@ -16264,51 +16264,51 @@
       <x:c r="J225" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>567059</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -16382,51 +16382,51 @@
       <x:c r="J227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>567057</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -16568,51 +16568,51 @@
       <x:c r="M230" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>556854</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -16625,51 +16625,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>552431</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>217</x:v>
@@ -16686,51 +16686,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>549586</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -17152,111 +17152,111 @@
       <x:c r="M240" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>547149</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>552796</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
@@ -17295,87 +17295,87 @@
       <x:c r="U242" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>572239</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>464</x:v>
@@ -17413,51 +17413,51 @@
       <x:c r="T244" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
@@ -17627,96 +17627,96 @@
       <x:c r="M248" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>582156</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>553829</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
@@ -17745,131 +17745,131 @@
       <x:c r="M250" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>545523</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>553828</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
@@ -17885,51 +17885,51 @@
       <x:c r="U252" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
@@ -18478,51 +18478,51 @@
       <x:c r="U262" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
@@ -18656,75 +18656,75 @@
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>504058</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
@@ -19076,51 +19076,51 @@
       <x:c r="U272" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -19664,51 +19664,51 @@
       <x:c r="T282" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
@@ -20064,51 +20064,51 @@
       <x:c r="M289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>609667</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>254</x:v>
@@ -20125,51 +20125,51 @@
       <x:c r="M290" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>609668</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -20241,51 +20241,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>600645</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -20359,51 +20359,51 @@
       <x:c r="M294" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>599364</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -20759,51 +20759,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>572812</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -20930,51 +20930,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>542506</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -21214,51 +21214,51 @@
       <x:c r="M309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>571302</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -21895,51 +21895,51 @@
       <x:c r="M321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>543722</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
@@ -22121,51 +22121,51 @@
       <x:c r="M325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>591923</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -22178,51 +22178,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>591925</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -22232,51 +22232,51 @@
       <x:c r="M327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>591918</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -22289,51 +22289,51 @@
       <x:c r="M328" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>591920</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -22343,51 +22343,51 @@
       <x:c r="M329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>591924</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -22400,51 +22400,51 @@
       <x:c r="M330" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>591919</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -22454,51 +22454,51 @@
       <x:c r="M331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>591921</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -22511,51 +22511,51 @@
       <x:c r="M332" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>591922</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -22568,112 +22568,112 @@
       <x:c r="M333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>611633</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>605881</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -22689,51 +22689,51 @@
       <x:c r="M335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>599632</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
@@ -22748,51 +22748,51 @@
       <x:c r="M336" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>600653</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -22805,233 +22805,233 @@
       <x:c r="M337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>600654</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>605882</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>605883</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>605884</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
@@ -23126,57 +23126,57 @@
       <x:c r="S342" s="14" t="n">
         <x:v>497669</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -23365,57 +23365,57 @@
       <x:c r="S346" s="14" t="n">
         <x:v>498385</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -23786,57 +23786,57 @@
         <x:v>454913</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -24070,51 +24070,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>545553</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
@@ -24266,93 +24266,93 @@
         <x:v>548674</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>555711</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -24365,51 +24365,51 @@
       <x:c r="M363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>554261</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
@@ -24442,214 +24442,214 @@
       <x:c r="S364" s="14" t="n">
         <x:v>554260</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>549895</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>549896</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>549898</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
@@ -24721,51 +24721,51 @@
       <x:c r="M369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>546095</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>279</x:v>
@@ -24963,51 +24963,51 @@
       <x:c r="M373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>545416</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>464</x:v>
@@ -29297,51 +29297,51 @@
       <x:c r="M448" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>596334</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
@@ -29540,51 +29540,51 @@
       <x:c r="M452" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>596339</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -29594,51 +29594,51 @@
       <x:c r="M453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>596341</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -29651,51 +29651,51 @@
       <x:c r="M454" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>596340</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -29705,51 +29705,51 @@
       <x:c r="M455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>596342</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -29762,51 +29762,51 @@
       <x:c r="M456" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>596343</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -29816,51 +29816,51 @@
       <x:c r="M457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>596336</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -29873,51 +29873,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>596338</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -29927,51 +29927,51 @@
       <x:c r="M459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>596335</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -29984,51 +29984,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>596337</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32205,51 +32205,51 @@
       <x:c r="M497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>607628</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>127</x:v>
@@ -32266,51 +32266,51 @@
       <x:c r="M498" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>607646</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -34099,51 +34099,51 @@
       <x:c r="M530" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>597203</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>37424</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -36848,51 +36848,51 @@
       <x:c r="M578" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>599775</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -38818,87 +38818,87 @@
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>607448</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -39998,191 +39998,191 @@
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="I632" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
         <x:v>582040</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>582039</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>582042</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>