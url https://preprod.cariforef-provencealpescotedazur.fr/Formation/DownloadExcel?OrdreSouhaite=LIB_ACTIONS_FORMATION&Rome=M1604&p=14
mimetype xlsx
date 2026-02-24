--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -515,65 +515,65 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de gestion et d'administration d'entreprise (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat formation</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
+    <x:t>B2h13 Marseille - My Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistante dentaire polyvalente</x:t>
   </x:si>
   <x:si>
     <x:t>Efficience Dentaire</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
@@ -878,65 +878,65 @@
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
+    <x:t>École Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>École Pigier Nice</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
@@ -1016,62 +1016,62 @@
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ism Fénélon</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
+    <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Codév</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure</x:t>
   </x:si>
   <x:si>
     <x:t>FASUP</x:t>
   </x:si>
   <x:si>
     <x:t>33300</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 5</x:t>
@@ -1394,77 +1394,77 @@
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fdm Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Val de Durance</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
@@ -1550,62 +1550,62 @@
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>92230</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
@@ -1703,71 +1703,71 @@
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>07/13/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BTS gestion de la PME module télétravail</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS GPME - Gestion de la PME</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SAM - Support à l'Action Managériale</x:t>
   </x:si>
   <x:si>
     <x:t>Management situationnel</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
@@ -1937,62 +1937,62 @@
   <x:si>
     <x:t>Lycée Polyvalent Périer</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School</x:t>
   </x:si>
   <x:si>
     <x:t>83150</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School - Antenne Sanary sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83110</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/24/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique : Microsoft Excel bases et perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Atlas Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel tableur</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2018 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Approfondissement : Excel + Word + Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
@@ -2255,101 +2255,101 @@
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Assistant de direction</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Rk2c Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fraser Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Rk2c Formation</x:t>
-[...8 lines deleted...]
-    <x:t>10/27/2025 00:00:00</x:t>
+    <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
@@ -2486,72 +2486,72 @@
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/23/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/24/2027 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>06/04/2027 00:00:00</x:t>
+    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Word : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -4105,87 +4105,87 @@
       <x:c r="R18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>539970</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>604484</x:v>
+        <x:v>604420</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
@@ -4197,111 +4197,111 @@
       <x:c r="J20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>604420</x:v>
+        <x:v>548026</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>548026</x:v>
+        <x:v>548166</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
@@ -4313,60 +4313,60 @@
       <x:c r="J22" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>548166</x:v>
+        <x:v>604484</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37345</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -5837,266 +5837,266 @@
       <x:c r="S48" s="14" t="n">
         <x:v>601920</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>556537</x:v>
+        <x:v>556620</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>556620</x:v>
+        <x:v>556619</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>556619</x:v>
+        <x:v>556537</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21627</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>504150</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38107</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7347,51 +7347,51 @@
       <x:c r="J75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>594162</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
@@ -8705,250 +8705,250 @@
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>594186</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>594163</x:v>
+        <x:v>594165</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>594165</x:v>
+        <x:v>594179</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>594179</x:v>
+        <x:v>594181</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>594181</x:v>
+        <x:v>594163</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
@@ -9859,148 +9859,148 @@
         <x:v>599457</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>599253</x:v>
+        <x:v>600139</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>600139</x:v>
+        <x:v>599253</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>112</x:v>
@@ -10451,84 +10451,84 @@
         <x:v>603596</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>607661</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11199,51 +11199,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>600590</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -11662,51 +11662,51 @@
       <x:c r="J150" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>602075</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11871,84 +11871,84 @@
         <x:v>608910</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>607660</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12794,51 +12794,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>602216</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13523,389 +13523,390 @@
         <x:v>610012</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>599650</x:v>
+        <x:v>608437</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>443</x:v>
-[...2 lines deleted...]
-        <x:v>248</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>607851</x:v>
+        <x:v>605941</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>607810</x:v>
+        <x:v>607851</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>598938</x:v>
+        <x:v>607810</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>608437</x:v>
+        <x:v>598938</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>605941</x:v>
+        <x:v>599650</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
@@ -14263,51 +14264,51 @@
       <x:c r="J194" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>611091</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -14848,51 +14849,51 @@
       <x:c r="J204" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>603472</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15525,76 +15526,76 @@
         <x:v>556540</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>548860</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
@@ -15878,81 +15879,81 @@
         <x:v>545143</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>545159</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
@@ -16319,51 +16320,51 @@
       <x:c r="J229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>549430</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16555,54 +16556,54 @@
       <x:c r="I233" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>556401</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16793,51 +16794,51 @@
       <x:c r="J237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>546960</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16939,498 +16940,498 @@
         <x:v>547771</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>556402</x:v>
+        <x:v>546832</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>602073</x:v>
+        <x:v>545466</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>545050</x:v>
+        <x:v>545467</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>545051</x:v>
+        <x:v>545468</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>377</x:v>
-[...1 lines deleted...]
-      <x:c r="H244" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>546832</x:v>
+        <x:v>556402</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>545466</x:v>
+        <x:v>602073</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>545467</x:v>
+        <x:v>545050</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>545468</x:v>
+        <x:v>545051</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="U247" s="4" t="s">
         <x:v>496</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
@@ -17879,84 +17880,84 @@
         <x:v>556510</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>556623</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18298,93 +18299,93 @@
       <x:c r="S262" s="14" t="n">
         <x:v>551954</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>556622</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>302</x:v>
@@ -18793,51 +18794,51 @@
       <x:c r="G271" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>546005</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
@@ -19358,81 +19359,81 @@
       <x:c r="S280" s="14" t="n">
         <x:v>546004</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="Q281" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="R281" s="0" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>546054</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19891,78 +19892,78 @@
         <x:v>547146</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>546431</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
@@ -20459,51 +20460,51 @@
       <x:c r="J299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>547705</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20923,51 +20924,51 @@
       <x:c r="J307" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>499433</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21539,84 +21540,84 @@
         <x:v>504379</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>504126</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21926,51 +21927,51 @@
       <x:c r="J324" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>504839</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22011,141 +22012,141 @@
         <x:v>495316</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>515212</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="Q327" s="4" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="R327" s="0" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>497608</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -22394,51 +22395,51 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>508724</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
@@ -22485,319 +22486,320 @@
         <x:v>552909</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>511027</x:v>
+        <x:v>494819</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>495976</x:v>
+        <x:v>511027</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>502385</x:v>
+        <x:v>495976</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>547562</x:v>
+        <x:v>502385</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>507196</x:v>
+        <x:v>547562</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -22810,877 +22812,874 @@
       <x:c r="K339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>507197</x:v>
+        <x:v>507196</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>507198</x:v>
+        <x:v>507197</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>494752</x:v>
+        <x:v>507198</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>504947</x:v>
+        <x:v>494752</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>511025</x:v>
+        <x:v>504947</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>511026</x:v>
+        <x:v>511025</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>511028</x:v>
+        <x:v>511026</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>535</x:v>
-[...1 lines deleted...]
-      <x:c r="H346" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H346" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I346" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>502386</x:v>
+        <x:v>511028</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>495346</x:v>
+        <x:v>502386</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>498767</x:v>
+        <x:v>495346</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>472</x:v>
-[...2 lines deleted...]
-        <x:v>473</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>549099</x:v>
+        <x:v>498767</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>418</x:v>
-[...1 lines deleted...]
-      <x:c r="H350" s="14" t="s"/>
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
+        <x:v>473</x:v>
+      </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>509956</x:v>
+        <x:v>549099</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>493094</x:v>
+        <x:v>509956</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>456</x:v>
-[...1 lines deleted...]
-      <x:c r="H352" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>502673</x:v>
+        <x:v>493094</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>494819</x:v>
+        <x:v>502673</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>287</x:v>
@@ -23977,1540 +23976,1542 @@
       <x:c r="G359" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>506138</x:v>
+        <x:v>506140</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>506140</x:v>
+        <x:v>498163</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>498163</x:v>
+        <x:v>537070</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>310</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>537070</x:v>
+        <x:v>501339</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>501339</x:v>
+        <x:v>507301</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>507301</x:v>
+        <x:v>507308</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>507308</x:v>
+        <x:v>502224</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>502224</x:v>
+        <x:v>504699</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>504699</x:v>
+        <x:v>503072</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>503072</x:v>
+        <x:v>504467</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H369" s="0" t="s">
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>504467</x:v>
+        <x:v>496116</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>441</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>496116</x:v>
+        <x:v>502427</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>502427</x:v>
+        <x:v>502429</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>502429</x:v>
+        <x:v>508945</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>508945</x:v>
+        <x:v>525365</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>525365</x:v>
+        <x:v>499978</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H375" s="0" t="s">
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>499978</x:v>
+        <x:v>500428</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>500428</x:v>
+        <x:v>503837</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>503837</x:v>
+        <x:v>541381</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>407</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>541381</x:v>
+        <x:v>495320</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>495320</x:v>
+        <x:v>535320</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>535320</x:v>
+        <x:v>499306</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>499306</x:v>
+        <x:v>499308</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>499308</x:v>
+        <x:v>499310</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>499310</x:v>
+        <x:v>506139</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>506139</x:v>
+        <x:v>506138</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
@@ -25814,51 +25815,51 @@
       <x:c r="J390" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>506886</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25883,51 +25884,51 @@
       <x:c r="M391" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>508958</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="G392" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>40</x:v>
@@ -25992,51 +25993,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>554790</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
@@ -26276,51 +26277,51 @@
       <x:c r="J398" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>539388</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -26389,51 +26390,51 @@
       <x:c r="J400" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>606275</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -26724,51 +26725,51 @@
       <x:c r="J406" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>522079</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -26948,51 +26949,51 @@
       <x:c r="J410" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>522085</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -27462,51 +27463,51 @@
       <x:c r="J419" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>598898</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
@@ -27807,167 +27808,168 @@
       <x:c r="J425" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>507614</x:v>
+        <x:v>606238</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>606238</x:v>
+        <x:v>587909</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>587909</x:v>
+        <x:v>507614</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
@@ -27979,51 +27981,51 @@
       <x:c r="J428" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>609810</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
@@ -28208,51 +28210,51 @@
       <x:c r="J432" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>479834</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
@@ -28265,51 +28267,51 @@
       <x:c r="J433" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>478495</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
@@ -28613,51 +28615,51 @@
       <x:c r="J439" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>547880</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
@@ -30596,555 +30598,556 @@
       <x:c r="S474" s="14" t="n">
         <x:v>586470</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>599877</x:v>
+        <x:v>600375</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>600144</x:v>
+        <x:v>603800</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>603800</x:v>
+        <x:v>603775</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>603775</x:v>
+        <x:v>604362</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>604362</x:v>
+        <x:v>599877</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>608243</x:v>
+        <x:v>600144</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>600497</x:v>
+        <x:v>608243</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>608111</x:v>
+        <x:v>600497</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>600375</x:v>
+        <x:v>608111</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>354</x:v>
@@ -31597,82 +31600,82 @@
         <x:v>545649</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="Q492" s="16" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="R492" s="14" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>546058</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31832,1440 +31835,1437 @@
         <x:v>556279</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>560749</x:v>
+        <x:v>587357</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>605</x:v>
-[...2 lines deleted...]
-        <x:v>606</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>548516</x:v>
+        <x:v>560749</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>421</x:v>
-[...1 lines deleted...]
-      <x:c r="H498" s="14" t="s"/>
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
+        <x:v>606</x:v>
+      </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>559993</x:v>
+        <x:v>548516</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>556277</x:v>
+        <x:v>559993</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H500" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>564626</x:v>
+        <x:v>556277</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>552586</x:v>
+        <x:v>564626</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>571088</x:v>
+        <x:v>552586</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>546014</x:v>
+        <x:v>571088</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>326</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>572165</x:v>
+        <x:v>546014</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>550693</x:v>
+        <x:v>572165</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>552314</x:v>
+        <x:v>550693</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>552313</x:v>
+        <x:v>552314</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>547444</x:v>
+        <x:v>552313</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>515445</x:v>
+        <x:v>547444</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>547290</x:v>
+        <x:v>515445</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>493099</x:v>
+        <x:v>547290</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H512" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H512" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>542950</x:v>
+        <x:v>493099</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>501358</x:v>
+        <x:v>542950</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>300</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>508962</x:v>
+        <x:v>501358</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>512887</x:v>
+        <x:v>508962</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>613</x:v>
-[...1 lines deleted...]
-      <x:c r="H516" s="14" t="s"/>
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="H516" s="14" t="s">
+        <x:v>532</x:v>
+      </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>516288</x:v>
+        <x:v>512887</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
-        <x:v>594</x:v>
-[...2 lines deleted...]
-        <x:v>595</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>498703</x:v>
+        <x:v>516288</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>287</x:v>
-[...1 lines deleted...]
-      <x:c r="H518" s="14" t="s"/>
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s">
+        <x:v>595</x:v>
+      </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>501313</x:v>
+        <x:v>498703</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>502375</x:v>
+        <x:v>501313</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
@@ -33274,2886 +33274,2878 @@
       <x:c r="J520" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>502376</x:v>
+        <x:v>502375</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>599</x:v>
-[...2 lines deleted...]
-        <x:v>600</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>502624</x:v>
+        <x:v>502376</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="H522" s="14" t="s"/>
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s">
+        <x:v>600</x:v>
+      </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>495992</x:v>
+        <x:v>502624</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>511088</x:v>
+        <x:v>495992</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H524" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>508721</x:v>
+        <x:v>511088</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>596</x:v>
-[...2 lines deleted...]
-        <x:v>597</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>497961</x:v>
+        <x:v>508721</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>335</x:v>
-[...1 lines deleted...]
-      <x:c r="H526" s="14" t="s"/>
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>597</x:v>
+      </x:c>
       <x:c r="I526" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>495352</x:v>
+        <x:v>497961</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="E527" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>515444</x:v>
+        <x:v>495352</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>515675</x:v>
+        <x:v>515444</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="E529" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>496012</x:v>
+        <x:v>515675</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>502704</x:v>
+        <x:v>496012</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="E531" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>511087</x:v>
+        <x:v>502704</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>306</x:v>
-[...1 lines deleted...]
-      <x:c r="H532" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H532" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I532" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>504975</x:v>
+        <x:v>511087</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>507211</x:v>
+        <x:v>504975</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>507212</x:v>
+        <x:v>507211</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>507214</x:v>
+        <x:v>507212</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>511089</x:v>
+        <x:v>507214</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>511090</x:v>
+        <x:v>511089</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>127</x:v>
-[...1 lines deleted...]
-      <x:c r="H538" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H538" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I538" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>508722</x:v>
+        <x:v>511090</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>506132</x:v>
+        <x:v>508722</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>496651</x:v>
+        <x:v>506132</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>497620</x:v>
+        <x:v>496651</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>506010</x:v>
+        <x:v>497620</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>435</x:v>
-[...2 lines deleted...]
-        <x:v>436</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>504715</x:v>
+        <x:v>506010</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I544" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>502161</x:v>
+        <x:v>504715</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>506133</x:v>
+        <x:v>502161</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>506134</x:v>
+        <x:v>506133</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>620</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>505579</x:v>
+        <x:v>506134</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>496649</x:v>
+        <x:v>505579</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>496650</x:v>
+        <x:v>496649</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>535324</x:v>
+        <x:v>496650</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>605</x:v>
-[...2 lines deleted...]
-        <x:v>606</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>500512</x:v>
+        <x:v>535324</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>506766</x:v>
+        <x:v>500512</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>525364</x:v>
+        <x:v>506766</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>504843</x:v>
+        <x:v>525364</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>611238</x:v>
+        <x:v>504843</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>604</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>608112</x:v>
+        <x:v>611238</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>608162</x:v>
+        <x:v>608112</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>424</x:v>
-[...1 lines deleted...]
-      <x:c r="H558" s="14" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s">
+        <x:v>289</x:v>
+      </x:c>
       <x:c r="I558" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>603535</x:v>
+        <x:v>608162</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>326</x:v>
-[...2 lines deleted...]
-        <x:v>327</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>600280</x:v>
+        <x:v>603535</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>600272</x:v>
+        <x:v>600280</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="Q561" s="4" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="R561" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="S561" s="0" t="n">
+        <x:v>606953</x:v>
+      </x:c>
+      <x:c r="T561" s="4" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>287</x:v>
-[...1 lines deleted...]
-      <x:c r="H562" s="14" t="s"/>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s">
+        <x:v>464</x:v>
+      </x:c>
       <x:c r="I562" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>600429</x:v>
+        <x:v>600272</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>607789</x:v>
+        <x:v>609591</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>598941</x:v>
+        <x:v>600429</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>609968</x:v>
+        <x:v>607789</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>602</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>607308</x:v>
+        <x:v>598941</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H567" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>606953</x:v>
+        <x:v>609968</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>599</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>607792</x:v>
+        <x:v>607308</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
@@ -36249,443 +36241,446 @@
       <x:c r="S570" s="14" t="n">
         <x:v>605558</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>551975</x:v>
+        <x:v>607792</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>169</x:v>
-[...1 lines deleted...]
-      <x:c r="H572" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I572" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>608891</x:v>
+        <x:v>556724</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>608873</x:v>
+        <x:v>551975</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>556724</x:v>
+        <x:v>608891</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>626</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>596</x:v>
-[...2 lines deleted...]
-        <x:v>597</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>551856</x:v>
+        <x:v>608873</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>548699</x:v>
+        <x:v>548700</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H577" s="0" t="s">
+        <x:v>597</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>548700</x:v>
+        <x:v>551856</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
@@ -36807,51 +36802,51 @@
       <x:c r="J580" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>549436</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="E581" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36950,87 +36945,87 @@
       <x:c r="S582" s="14" t="n">
         <x:v>550694</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>587357</x:v>
+        <x:v>548699</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
         <x:v>436</x:v>
@@ -37400,51 +37395,51 @@
       <x:c r="J590" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>552315</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>38364</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37631,51 +37626,51 @@
       <x:c r="H594" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>32139</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>556860</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
@@ -40955,51 +40950,51 @@
       <x:c r="L653" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>587314</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I654" s="16" t="s">
@@ -41491,150 +41486,149 @@
       <x:c r="R662" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>569947</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="G663" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
-        <x:v>579305</x:v>
+        <x:v>556595</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
-        <x:v>729</x:v>
-[...1 lines deleted...]
-      <x:c r="H664" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H664" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I664" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="R664" s="14" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="S664" s="14" t="n">
+        <x:v>579305</x:v>
+      </x:c>
+      <x:c r="T664" s="16" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="U664" s="16" t="s">
         <x:v>730</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
@@ -41719,522 +41713,522 @@
       <x:c r="S666" s="14" t="n">
         <x:v>598734</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>601030</x:v>
+        <x:v>572862</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="S668" s="14" t="n">
+        <x:v>601030</x:v>
+      </x:c>
+      <x:c r="T668" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="S668" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>572862</x:v>
+        <x:v>597573</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>583296</x:v>
+        <x:v>598736</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
-        <x:v>598344</x:v>
+        <x:v>598716</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>743</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
-        <x:v>598736</x:v>
+        <x:v>609487</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
-        <x:v>598716</x:v>
+        <x:v>583296</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
-        <x:v>609487</x:v>
+        <x:v>598344</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>581767</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
@@ -42665,133 +42659,133 @@
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>562905</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>34143</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="Q684" s="16" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>545117</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="G685" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="I685" s="4" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="Q685" s="4" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
         <x:v>585595</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>34143</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
@@ -43008,148 +43002,148 @@
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>543529</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="Q690" s="16" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
         <x:v>556594</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="I691" s="4" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>605982</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
@@ -43842,55 +43836,55 @@
         <x:v>549657</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -44239,114 +44233,111 @@
       <x:c r="K710" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>610272</x:v>
+        <x:v>610273</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="E711" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>610273</x:v>
+        <x:v>600032</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
       <x:c r="E712" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s">
         <x:v>73</x:v>
@@ -44360,114 +44351,117 @@
       <x:c r="K712" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>606563</x:v>
+        <x:v>606564</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="E713" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H713" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>600032</x:v>
+        <x:v>610272</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I714" s="16" t="s">
         <x:v>65</x:v>
@@ -44478,54 +44472,54 @@
       <x:c r="K714" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>606564</x:v>
+        <x:v>606563</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
         <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="E715" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -44744,93 +44738,93 @@
       <x:c r="S718" s="14" t="n">
         <x:v>599040</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="E719" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>545009</x:v>
+        <x:v>601952</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
-        <x:v>811</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
       <x:c r="E720" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="I720" s="16" t="s">
         <x:v>774</x:v>
@@ -44841,117 +44835,117 @@
       <x:c r="K720" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>601952</x:v>
+        <x:v>601953</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="E721" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
-        <x:v>774</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
-        <x:v>601953</x:v>
+        <x:v>545009</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I722" s="16" t="s">
         <x:v>191</x:v>
@@ -44986,54 +44980,54 @@
       <x:c r="S722" s="14" t="n">
         <x:v>545010</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>38667</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="E723" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="I723" s="4" t="s">
         <x:v>729</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>730</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>35018</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>187</x:v>
       </x:c>