--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -581,80 +581,80 @@
   <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fusion 360 - Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Draftsight 3D - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Draftsight</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention objet</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
-    <x:t>Art appliqué</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Perrin</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Dessinateur projeteur</x:t>
   </x:si>
   <x:si>
     <x:t>DAO</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
@@ -920,65 +920,65 @@
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPRP - Conception des Processus de Réalisation de Produits - Option B Production sérielle</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS CPI - Conception des Produits Industriels</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Professionnel Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BTS conception et réalisation en chaudronnerie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et industrialisation en microtechniques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique précision</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des produits industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
@@ -1109,60 +1109,60 @@
   <x:si>
     <x:t>Construction métallique</x:t>
   </x:si>
   <x:si>
     <x:t>BTS architectures en métal : conception et réalisation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>BTS architectures en métal : conception et réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro modélisation et prototypage 3D</x:t>
   </x:si>
   <x:si>
     <x:t>FAO</x:t>
   </x:si>
   <x:si>
+    <x:t>LP le Rocher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Eucalyptus</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Revit Architecture (ACU certification officielle éditeur)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasoft</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2017 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AutoDesk AutoCAD 2D + Initiation 3D</x:t>
   </x:si>
@@ -1916,164 +1916,164 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>533762</x:v>
+        <x:v>533763</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>533763</x:v>
+        <x:v>533823</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>533823</x:v>
+        <x:v>533762</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
@@ -2112,121 +2112,121 @@
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>533752</x:v>
+        <x:v>533758</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>70402</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>533758</x:v>
+        <x:v>533752</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5321,51 +5321,51 @@
       <x:c r="K67" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>595599</x:v>
+        <x:v>595597</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
@@ -5378,105 +5378,105 @@
       <x:c r="K68" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595601</x:v>
+        <x:v>595599</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>595600</x:v>
+        <x:v>595601</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
@@ -5489,102 +5489,102 @@
       <x:c r="K70" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>595597</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>595598</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -6791,156 +6791,156 @@
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>534081</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>11020</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>534080</x:v>
+        <x:v>534087</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>197</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>11020</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>534087</x:v>
+        <x:v>534080</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38620</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -7256,182 +7256,182 @@
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>533613</x:v>
+        <x:v>533617</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>533617</x:v>
+        <x:v>533614</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>533614</x:v>
+        <x:v>533613</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
@@ -7990,141 +7990,141 @@
       <x:c r="R116" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>602546</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>596733</x:v>
+        <x:v>596734</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>596734</x:v>
+        <x:v>596733</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -8431,126 +8431,126 @@
       <x:c r="H124" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>602545</x:v>
+        <x:v>603839</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>603839</x:v>
+        <x:v>602545</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -9517,81 +9517,81 @@
       <x:c r="R142" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>594225</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>594224</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -9854,258 +9854,256 @@
       <x:c r="R148" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>572447</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-        <x:v>92</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>509245</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>493605</x:v>
+        <x:v>509245</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -10715,209 +10713,209 @@
         <x:v>509255</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>494824</x:v>
+        <x:v>500988</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>500988</x:v>
+        <x:v>500989</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>500989</x:v>
+        <x:v>494824</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -10955,437 +10953,438 @@
         <x:v>515634</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>550243</x:v>
+        <x:v>547817</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>547695</x:v>
+        <x:v>550243</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>550242</x:v>
+        <x:v>547695</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>547817</x:v>
+        <x:v>550242</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="Q172" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="R172" s="14" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>605690</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>602312</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>594144</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38743</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -12025,320 +12024,319 @@
         <x:v>552110</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>515631</x:v>
+        <x:v>500985</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>500985</x:v>
+        <x:v>500986</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>305</x:v>
-[...1 lines deleted...]
-      <x:c r="H188" s="14" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H188" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>514127</x:v>
+        <x:v>515631</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-        <x:v>117</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>500986</x:v>
+        <x:v>514127</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>594087</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
@@ -12666,90 +12664,90 @@
       <x:c r="S196" s="14" t="n">
         <x:v>602213</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>515633</x:v>
+        <x:v>500984</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
@@ -12785,90 +12783,90 @@
       <x:c r="S198" s="14" t="n">
         <x:v>493128</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>500984</x:v>
+        <x:v>515633</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
@@ -13022,81 +13020,81 @@
       <x:c r="R202" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>550238</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>595858</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
@@ -13663,82 +13661,82 @@
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>500983</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>595870</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -14114,82 +14112,82 @@
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>593230</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>596503</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -14280,252 +14278,252 @@
       <x:c r="R224" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>596504</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>596506</x:v>
+        <x:v>596507</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>596508</x:v>
+        <x:v>596509</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>596507</x:v>
+        <x:v>596506</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>31622</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>596509</x:v>
+        <x:v>596508</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="n">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>352</x:v>
       </x:c>