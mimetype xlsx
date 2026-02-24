--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -434,50 +434,59 @@
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences pour l'ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie industriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers de la santé : nutrition, alimentation parcours coordination de projet nutrition (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Produit diététique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
@@ -506,69 +515,60 @@
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
-    <x:t>Génie industriel</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>licence mention sciences pour l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et technologies parcours sciences, arts et techniques de l'image et du son</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences et technologies</x:t>
   </x:si>
@@ -2987,1186 +2987,1186 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592790</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40442</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>21516</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="R20" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="S20" s="14" t="n">
+        <x:v>592031</x:v>
+      </x:c>
+      <x:c r="T20" s="16" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40442</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21516</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>611507</x:v>
+        <x:v>611508</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>40442</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>21516</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="P22" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>611507</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="P22" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R22" s="14" t="s">
+      <x:c r="U22" s="16" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>576114</x:v>
+        <x:v>576284</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592536</x:v>
+        <x:v>576114</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592535</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>576109</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>576106</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>142</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592532</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592531</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>575007</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>580928</x:v>
+        <x:v>575007</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>576166</x:v>
+        <x:v>580928</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>575006</x:v>
+        <x:v>576166</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>76</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592028</x:v>
+        <x:v>575006</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592030</x:v>
+        <x:v>592028</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>592032</x:v>
+        <x:v>592030</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>592029</x:v>
+        <x:v>592032</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>592031</x:v>
+        <x:v>592029</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>41277</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -4196,90 +4196,90 @@
       <x:c r="R40" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>574937</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592212</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -4292,105 +4292,105 @@
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592211</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>592213</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -5447,51 +5447,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -5501,51 +5501,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -5558,51 +5558,51 @@
       <x:c r="M64" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -5612,162 +5612,162 @@
       <x:c r="M65" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -5780,51 +5780,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -5834,51 +5834,51 @@
       <x:c r="M69" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -5891,105 +5891,105 @@
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592166</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6002,51 +6002,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6073,91 +6073,91 @@
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6343,105 +6343,105 @@
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>592023</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6454,51 +6454,51 @@
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6740,51 +6740,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>592016</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -6797,51 +6797,51 @@
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -6851,162 +6851,162 @@
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>592019</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -7019,51 +7019,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -7133,51 +7133,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>592024</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7187,51 +7187,51 @@
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>592026</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -7244,51 +7244,51 @@
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592025</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7298,51 +7298,51 @@
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592027</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7703,162 +7703,162 @@
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>592044</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>592043</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7868,108 +7868,108 @@
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7979,51 +7979,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -8036,51 +8036,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -8090,51 +8090,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -8147,51 +8147,51 @@
       <x:c r="M110" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -8377,51 +8377,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -8431,108 +8431,108 @@
       <x:c r="M115" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -8542,51 +8542,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -8599,105 +8599,105 @@
       <x:c r="M118" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
@@ -8981,51 +8981,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37850</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -9233,51 +9233,51 @@
         <x:v>258</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>260</x:v>
@@ -9486,51 +9486,51 @@
       <x:c r="I135" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>591939</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -10484,51 +10484,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>596775</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10538,51 +10538,51 @@
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>596774</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -10703,51 +10703,51 @@
       <x:c r="H158" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>603399</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
@@ -10763,51 +10763,51 @@
       <x:c r="H159" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>554858</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
@@ -10824,51 +10824,51 @@
       <x:c r="H160" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>554857</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
@@ -11005,51 +11005,51 @@
       <x:c r="H163" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>603400</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
@@ -11135,108 +11135,108 @@
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>596769</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>596771</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -11306,93 +11306,93 @@
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>596770</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>581539</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
@@ -11536,51 +11536,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -11771,51 +11771,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -11825,51 +11825,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35366</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -11882,51 +11882,51 @@
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>596696</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -12057,51 +12057,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>596694</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -12114,51 +12114,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>596692</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -12168,51 +12168,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>596693</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -12344,51 +12344,51 @@
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>596691</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -12700,51 +12700,51 @@
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>596690</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
@@ -15694,51 +15694,51 @@
       <x:c r="J244" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>271</x:v>
       </x:c>