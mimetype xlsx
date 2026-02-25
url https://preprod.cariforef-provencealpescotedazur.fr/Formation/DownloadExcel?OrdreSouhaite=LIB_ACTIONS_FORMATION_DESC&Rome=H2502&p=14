--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -1064,78 +1064,78 @@
   <x:si>
     <x:t>Ecole Nationale Supérieure des Mines de Paris</x:t>
   </x:si>
   <x:si>
     <x:t>ENSMP</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi plus de 26 ans , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en énergies renouvelables (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Destination emploi formation industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Afpi Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Renforcer sa posture de manager et son leadership</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Management des Hommes</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours qualité et management intégré parcours qualité et pilotage des systèmes de management intégrés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
@@ -5122,141 +5122,141 @@
       <x:c r="R60" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>574947</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>591877</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>591876</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5272,178 +5272,178 @@
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>605726</x:v>
+        <x:v>550298</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>550298</x:v>
+        <x:v>544251</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39255</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31845</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>544251</x:v>
+        <x:v>605726</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -8718,161 +8718,161 @@
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>550283</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>451266</x:v>
+        <x:v>543539</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>543539</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>175</x:v>
@@ -9387,51 +9387,51 @@
       <x:c r="K135" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>588502</x:v>
+        <x:v>588501</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -9442,100 +9442,100 @@
       <x:c r="K136" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>591175</x:v>
+        <x:v>591174</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>588501</x:v>
+        <x:v>588503</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -9546,100 +9546,100 @@
       <x:c r="K138" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>591174</x:v>
+        <x:v>591176</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>588503</x:v>
+        <x:v>588504</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -9650,207 +9650,207 @@
       <x:c r="K140" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>591176</x:v>
+        <x:v>591177</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>588504</x:v>
+        <x:v>588505</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="U141" s="4" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>591177</x:v>
+        <x:v>591178</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="U142" s="16" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>588505</x:v>
+        <x:v>588502</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -9858,54 +9858,54 @@
       <x:c r="K144" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>591178</x:v>
+        <x:v>591175</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>41</x:v>