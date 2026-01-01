--- v1 (2026-01-01)
+++ v2 (2026-01-01)
@@ -323,222 +323,222 @@
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier les évolutions de la norme NF C 15-100 - Version 2024 - ELC011</x:t>
   </x:si>
   <x:si>
     <x:t>Basse tension</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien en systèmes de sûreté (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien du bâtiment communicant et connecté (Apprentissage) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien d'intervention de réseaux de télécommunications en fibre optique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTP conception organisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien d'intervention de réseaux de télécommunications en fibre optique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien réseaux IP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MONTFAVET</x:t>
-  </x:si>
-[...169 lines deleted...]
-    <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
@@ -2877,57 +2877,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591530</x:v>
+        <x:v>591528</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>62</x:v>
@@ -2941,1796 +2941,1796 @@
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>606522</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>606531</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>591797</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>585099</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>585098</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>585100</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>566845</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>606529</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>609541</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>556909</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G30" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>563158</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>539631</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>540220</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>550071</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>591528</x:v>
+        <x:v>591530</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>549942</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>576750</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>577364</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>576751</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>577365</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>540219</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>539630</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>576752</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>577366</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>576753</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>577367</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>586068</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>585770</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>544534</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
@@ -4740,113 +4740,113 @@
       <x:c r="G51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>544549</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>575407</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
@@ -4856,113 +4856,113 @@
       <x:c r="G53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>575489</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>519819</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
@@ -4972,51 +4972,51 @@
       <x:c r="G55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>519868</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -5031,170 +5031,170 @@
       <x:c r="G56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>519869</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>519820</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>569499</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
@@ -5204,51 +5204,51 @@
       <x:c r="G59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>571599</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
@@ -5266,51 +5266,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>610429</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>24</x:v>
@@ -5321,254 +5321,254 @@
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>591526</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>610430</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>610431</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>610432</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>29796</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>580066</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
@@ -5592,51 +5592,51 @@
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>575558</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5707,164 +5707,164 @@
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>558147</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>608197</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>549945</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -5877,51 +5877,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>550074</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
@@ -5936,108 +5936,108 @@
       <x:c r="J72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>577368</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>576754</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
@@ -6052,167 +6052,167 @@
       <x:c r="J74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>550072</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>549943</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>549944</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -6225,51 +6225,51 @@
       <x:c r="J77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>550073</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6278,100 +6278,100 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>610438</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>610439</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6482,51 +6482,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>561353</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
@@ -6633,51 +6633,51 @@
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>610434</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6686,51 +6686,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>610436</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>24</x:v>
@@ -6788,84 +6788,84 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>610433</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36873</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22892</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>553898</x:v>
       </x:c>
@@ -6878,51 +6878,51 @@
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36873</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22892</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>553899</x:v>
       </x:c>
@@ -6932,72 +6932,72 @@
       <x:c r="U90" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36873</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22892</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>553897</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7014,51 +7014,51 @@
       <x:c r="J92" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -7189,51 +7189,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>605693</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -7371,84 +7371,84 @@
       <x:c r="J98" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>602811</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -7474,51 +7474,51 @@
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>600493</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -7812,274 +7812,274 @@
         <x:v>514132</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>498691</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>66</x:v>
@@ -8096,111 +8096,111 @@
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>66</x:v>
@@ -8217,51 +8217,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -8311,75 +8311,75 @@
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>547088</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -8395,51 +8395,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>254</x:v>
@@ -8456,51 +8456,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>515635</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -8516,51 +8516,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>515636</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8575,111 +8575,111 @@
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8694,108 +8694,108 @@
       <x:c r="M120" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>558856</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>243</x:v>
@@ -8806,178 +8806,178 @@
       <x:c r="J122" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>550267</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>565159</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -9052,75 +9052,75 @@
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -9168,51 +9168,51 @@
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>552109</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -9225,51 +9225,51 @@
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>547559</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>253</x:v>
@@ -9286,51 +9286,51 @@
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>547697</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -9340,57 +9340,57 @@
       <x:c r="J131" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>550249</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>243</x:v>
@@ -9407,51 +9407,51 @@
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>550264</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -9467,51 +9467,51 @@
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>243</x:v>
@@ -9528,51 +9528,51 @@
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>550254</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -9585,51 +9585,51 @@
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>243</x:v>
@@ -9646,148 +9646,148 @@
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>550259</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>547086</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>600491</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -9821,51 +9821,51 @@
       <x:c r="J139" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>602810</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -9942,51 +9942,51 @@
       <x:c r="J141" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>605696</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -10064,51 +10064,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -10172,110 +10172,110 @@
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>587896</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>587898</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -10288,51 +10288,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
@@ -10347,51 +10347,51 @@
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -11375,126 +11375,126 @@
       <x:c r="T166" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>536851</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>583863</x:v>
       </x:c>
@@ -11644,101 +11644,101 @@
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>514432</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
@@ -11760,51 +11760,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>494731</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -11817,51 +11817,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>489415</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11871,51 +11871,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>493595</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -11930,51 +11930,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>509241</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -11987,51 +11987,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -12044,51 +12044,51 @@
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12266,51 +12266,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12376,108 +12376,108 @@
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>541903</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
@@ -12492,51 +12492,51 @@
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>548627</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
@@ -12571,93 +12571,93 @@
         <x:v>585529</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>26335</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>455399</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -12745,57 +12745,57 @@
       <x:c r="S190" s="14" t="n">
         <x:v>493606</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -12806,178 +12806,178 @@
         <x:v>509396</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>556771</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>556782</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
@@ -12987,57 +12987,57 @@
       <x:c r="S194" s="14" t="n">
         <x:v>609460</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -13050,78 +13050,78 @@
       <x:c r="T195" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>597046</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>367</x:v>
       </x:c>