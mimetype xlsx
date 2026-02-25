--- v1 (2025-12-31)
+++ v2 (2026-02-25)
@@ -380,180 +380,180 @@
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques BR - BC - B1 - B2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Installation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien de maintenance industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention maintenance des systèmes énergétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
-  </x:si>
-[...112 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>S'initier aux fondamentaux de l'électricité - ELA041</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
@@ -3566,98 +3566,96 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>583870</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C18" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>24154</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="P18" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="P18" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>566748</x:v>
+        <x:v>587289</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -3667,60 +3665,60 @@
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>563151</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G20" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -3730,1258 +3728,1260 @@
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>563152</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>517891</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="P22" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="P22" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="P23" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="P23" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>609538</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>576745</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>577359</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>585610</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>585908</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>589740</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>589766</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>539604</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>540193</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>585609</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>585907</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="C34" s="15" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C34" s="15" t="n">
+        <x:v>30088</x:v>
+      </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>587289</x:v>
+        <x:v>566748</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>563407</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>563446</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>539603</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>566373</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>540192</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>566316</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>610430</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4990,51 +4990,51 @@
         <x:v>152</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>610429</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>152</x:v>
@@ -5098,114 +5098,114 @@
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>585623</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>585921</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
@@ -5214,114 +5214,114 @@
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>585624</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>585922</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
@@ -5330,114 +5330,114 @@
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>585622</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>585920</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
@@ -5446,114 +5446,114 @@
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>585917</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>585619</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
@@ -5562,114 +5562,114 @@
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>585621</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>585919</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
@@ -5678,161 +5678,161 @@
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>585918</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>585620</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24069</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>610442</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>169</x:v>
@@ -5876,166 +5876,166 @@
       <x:c r="U57" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>550637</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>607334</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6051,2823 +6051,2823 @@
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>30117</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>550284</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>30117</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>558162</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40033</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>611487</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>30088</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24154</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>501975</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>587288</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>599555</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>569646</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>535426</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>598210</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>598213</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>598217</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>598204</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>598208</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>580996</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>580992</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>609116</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>609112</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>554710</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>606820</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>606819</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>609324</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>606809</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>574039</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>551846</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>505147</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>568092</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>568098</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>568084</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>568100</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>568102</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>568087</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>568089</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>568103</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>549394</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>609349</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>565304</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>569640</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>573838</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>554703</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>600017</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>597957</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>597958</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>597960</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>597959</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>597961</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>597962</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>597956</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>597955</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>597953</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>597952</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>597951</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -8889,57 +8889,57 @@
       <x:c r="J113" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>540428</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
@@ -8948,108 +8948,108 @@
       <x:c r="J114" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>539841</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>566328</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -9064,51 +9064,51 @@
       <x:c r="J116" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>566385</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
@@ -9121,51 +9121,51 @@
       <x:c r="J117" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>577370</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
@@ -9180,87 +9180,87 @@
       <x:c r="J118" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>576757</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>611214</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -9273,162 +9273,162 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>590766</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>590769</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>611213</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -9438,51 +9438,51 @@
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>590765</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -9495,51 +9495,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>590768</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -9549,108 +9549,108 @@
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>611212</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>611215</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
@@ -9660,51 +9660,51 @@
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>611217</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -9717,51 +9717,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>611218</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -9771,51 +9771,51 @@
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>611216</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -9828,51 +9828,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>611211</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -9882,51 +9882,51 @@
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>607509</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -9939,51 +9939,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>590764</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -9993,51 +9993,51 @@
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>590767</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -10050,51 +10050,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>576174</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -10104,51 +10104,51 @@
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>576142</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -10161,51 +10161,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>576172</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -10215,51 +10215,51 @@
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>576173</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -10272,51 +10272,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>576141</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -10326,51 +10326,51 @@
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>576170</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -10383,51 +10383,51 @@
         <x:v>46</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>576134</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -11120,51 +11120,51 @@
         <x:v>89</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>592899</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>355</x:v>
@@ -11271,51 +11271,51 @@
       <x:c r="I157" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>592905</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -11883,51 +11883,51 @@
       <x:c r="I169" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>592959</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
@@ -13005,51 +13005,51 @@
       <x:c r="I191" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>594204</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -14310,112 +14310,112 @@
         <x:v>592890</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>540650</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>552490</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
@@ -14425,51 +14425,51 @@
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -14486,51 +14486,51 @@
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -14546,112 +14546,112 @@
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>556134</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -14661,51 +14661,51 @@
       <x:c r="T222" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35498</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -14744,51 +14744,51 @@
       <x:c r="J224" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>507656</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -14798,57 +14798,57 @@
       <x:c r="J225" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>588532</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
@@ -14857,57 +14857,57 @@
       <x:c r="J226" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>554015</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -14920,51 +14920,51 @@
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>550633</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -14977,51 +14977,51 @@
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>543699</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -15034,102 +15034,102 @@
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>554785</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>550643</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -15139,51 +15139,51 @@
       <x:c r="J231" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>543698</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -15256,51 +15256,51 @@
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>543696</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
@@ -15318,162 +15318,162 @@
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>504175</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>493644</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>489493</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -15757,51 +15757,51 @@
       <x:c r="J242" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>587945</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15997,51 +15997,51 @@
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>516059</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -16057,51 +16057,51 @@
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>519681</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
@@ -16113,51 +16113,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>555617</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -16173,51 +16173,51 @@
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>550275</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
@@ -16324,69 +16324,69 @@
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>608237</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16529,51 +16529,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>556734</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
@@ -16588,111 +16588,111 @@
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>544884</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>556393</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>179</x:v>
@@ -16709,51 +16709,51 @@
       <x:c r="L258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>550273</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -16769,51 +16769,51 @@
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>550274</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
@@ -16828,51 +16828,51 @@
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>550308</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -16947,51 +16947,51 @@
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>512441</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -17007,51 +17007,51 @@
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>501020</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>79</x:v>
@@ -17068,111 +17068,111 @@
       <x:c r="M264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>501022</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>511064</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -17239,51 +17239,51 @@
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>515949</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
@@ -17298,51 +17298,51 @@
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>516017</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -17358,51 +17358,51 @@
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>511069</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
@@ -17533,111 +17533,111 @@
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>494792</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>501923</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>79</x:v>
@@ -17714,51 +17714,51 @@
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>501012</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>79</x:v>
@@ -17775,161 +17775,161 @@
       <x:c r="M276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>501008</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>501919</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>501472</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17954,51 +17954,51 @@
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>501016</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -18061,121 +18061,121 @@
       <x:c r="J281" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>514135</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>507310</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -18188,110 +18188,110 @@
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>494794</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>494831</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -18363,51 +18363,51 @@
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>493132</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -18417,51 +18417,51 @@
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>547618</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
@@ -18476,51 +18476,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>547774</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18533,51 +18533,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>558735</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
@@ -18592,51 +18592,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>547435</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -18649,51 +18649,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>550306</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
@@ -18708,51 +18708,51 @@
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>550307</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -18768,51 +18768,51 @@
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>550271</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>179</x:v>
@@ -18829,51 +18829,51 @@
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>550272</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -18889,51 +18889,51 @@
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>550269</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>410</x:v>
@@ -18950,51 +18950,51 @@
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>556394</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
@@ -19010,51 +19010,51 @@
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>558859</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>179</x:v>
@@ -19071,172 +19071,172 @@
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>550270</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>552717</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>556777</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -19249,51 +19249,51 @@
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>555616</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
@@ -19302,57 +19302,57 @@
       <x:c r="J302" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>550554</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -19418,111 +19418,111 @@
       <x:c r="J304" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>547825</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>607542</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20311,51 +20311,51 @@
       <x:c r="J319" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>604285</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20455,57 +20455,57 @@
         <x:v>611260</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
@@ -20604,57 +20604,57 @@
       <x:c r="J324" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>602323</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -21572,130 +21572,130 @@
         <x:v>506</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>600491</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>609584</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21754,51 +21754,51 @@
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>600493</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -22013,51 +22013,51 @@
       <x:c r="L348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -22131,51 +22131,51 @@
       <x:c r="L350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>550267</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
@@ -22191,51 +22191,51 @@
       <x:c r="L351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>558856</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>410</x:v>
@@ -22252,172 +22252,172 @@
       <x:c r="L352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>565159</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>547088</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -22430,51 +22430,51 @@
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>552109</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>179</x:v>
@@ -22491,51 +22491,51 @@
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>550249</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -22551,51 +22551,51 @@
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>550264</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
@@ -22610,51 +22610,51 @@
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>547559</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -22670,51 +22670,51 @@
       <x:c r="L359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>547697</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>416</x:v>
@@ -22731,51 +22731,51 @@
       <x:c r="L360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -22791,51 +22791,51 @@
       <x:c r="L361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>550254</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
@@ -22850,111 +22850,111 @@
       <x:c r="L362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>547086</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>179</x:v>
@@ -22971,51 +22971,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>550259</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -23093,51 +23093,51 @@
       <x:c r="M366" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -23150,51 +23150,51 @@
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>411</x:v>
@@ -23211,51 +23211,51 @@
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -23268,51 +23268,51 @@
       <x:c r="M369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>58</x:v>
@@ -23329,51 +23329,51 @@
       <x:c r="M370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>515635</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -23389,101 +23389,101 @@
       <x:c r="M371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>515636</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>514131</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23566,51 +23566,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -23626,233 +23626,233 @@
       <x:c r="M375" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>507323</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>498690</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>498691</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -23868,51 +23868,51 @@
       <x:c r="M379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>500990</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>79</x:v>
@@ -23989,51 +23989,51 @@
       <x:c r="M381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>500994</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
@@ -24045,51 +24045,51 @@
       <x:c r="L382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -24102,51 +24102,51 @@
       <x:c r="L383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -24159,51 +24159,51 @@
       <x:c r="L384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>587896</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
@@ -24216,51 +24216,51 @@
       <x:c r="L385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>587898</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
@@ -24384,51 +24384,51 @@
       <x:c r="L388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -24731,51 +24731,51 @@
       <x:c r="M394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -25457,51 +25457,51 @@
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>493595</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -25514,51 +25514,51 @@
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>494731</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -25568,51 +25568,51 @@
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>489415</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
@@ -25684,51 +25684,51 @@
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
@@ -25743,51 +25743,51 @@
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>509241</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -25797,51 +25797,51 @@
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -25962,51 +25962,51 @@
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -26130,51 +26130,51 @@
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>541903</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
@@ -26189,51 +26189,51 @@
       <x:c r="L420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -26243,51 +26243,51 @@
       <x:c r="L421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
@@ -26302,51 +26302,51 @@
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>548627</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -26564,411 +26564,411 @@
         <x:v>549</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>604710</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>603323</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>604029</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>603118</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>603951</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>603183</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>600487</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
@@ -26976,870 +26976,870 @@
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>547080</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>548260</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>548193</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>548397</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>548313</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>548346</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>552788</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>498685</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>503486</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>503223</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>503109</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>503580</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>503322</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>503468</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
@@ -27914,51 +27914,51 @@
       <x:c r="B450" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>503476</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
@@ -27998,51 +27998,51 @@
       <x:c r="M451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>541515</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
@@ -28057,51 +28057,51 @@
       <x:c r="M452" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>556505</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -28194,145 +28194,145 @@
       <x:c r="S454" s="14" t="n">
         <x:v>541519</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>541507</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>501884</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28354,51 +28354,51 @@
       <x:c r="M457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>541509</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>79</x:v>
@@ -28448,51 +28448,51 @@
         <x:v>563</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>498668</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -28536,51 +28536,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>500928</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -28657,75 +28657,75 @@
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>500946</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -28899,111 +28899,111 @@
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>500934</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>452330</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>79</x:v>
@@ -29020,169 +29020,169 @@
       <x:c r="M468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>451211</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>449001</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>455398</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -29198,51 +29198,51 @@
       <x:c r="M471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>451213</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>79</x:v>
@@ -29259,111 +29259,111 @@
       <x:c r="M472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>451215</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>455472</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>191</x:v>
@@ -29371,117 +29371,117 @@
       <x:c r="J474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>448547</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>556822</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>179</x:v>
@@ -29498,51 +29498,51 @@
       <x:c r="L476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>550201</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -29558,110 +29558,110 @@
       <x:c r="L477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>550203</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>548296</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -29677,51 +29677,51 @@
       <x:c r="L479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>550200</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>179</x:v>
@@ -29738,51 +29738,51 @@
       <x:c r="L480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>550202</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -29854,173 +29854,173 @@
       <x:c r="L482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>547544</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>556784</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>548295</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -30033,110 +30033,110 @@
       <x:c r="L485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>550198</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>548294</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -30152,112 +30152,112 @@
       <x:c r="L487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>547675</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>552692</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -30273,112 +30273,112 @@
       <x:c r="L489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>550199</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>547068</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -30391,209 +30391,209 @@
       <x:c r="L491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>547545</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>547067</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>547069</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>602688</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -30867,86 +30867,86 @@
       <x:c r="L499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>604613</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>603944</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -30959,51 +30959,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>603945</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -31018,51 +31018,51 @@
       <x:c r="B502" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>603946</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -31320,103 +31320,103 @@
         <x:v>563</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>602689</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -31441,190 +31441,190 @@
         <x:v>563</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>602686</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>609583</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>607522</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
@@ -32678,78 +32678,78 @@
       <x:c r="S530" s="14" t="n">
         <x:v>597518</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>597534</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
@@ -33179,78 +33179,78 @@
       <x:c r="T539" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>597507</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
@@ -33788,78 +33788,78 @@
       <x:c r="S550" s="14" t="n">
         <x:v>597529</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>597510</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
@@ -34174,51 +34174,51 @@
       <x:c r="M557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>517898</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -34231,51 +34231,51 @@
       <x:c r="M558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>540866</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34342,51 +34342,51 @@
       <x:c r="M560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>493582</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34396,51 +34396,51 @@
       <x:c r="M561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>493581</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -34453,51 +34453,51 @@
       <x:c r="M562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>540886</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -34623,51 +34623,51 @@
       <x:c r="M565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>540883</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -34731,51 +34731,51 @@
       <x:c r="L567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>543688</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -34788,51 +34788,51 @@
       <x:c r="L568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>543689</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -34845,51 +34845,51 @@
       <x:c r="L569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>541918</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -35126,51 +35126,51 @@
       <x:c r="L574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>588521</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>