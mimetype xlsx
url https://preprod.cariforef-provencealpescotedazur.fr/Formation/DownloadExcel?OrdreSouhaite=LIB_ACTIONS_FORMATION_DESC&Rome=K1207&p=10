--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -2609,51 +2609,51 @@
       <x:c r="K18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>572297</x:v>
+        <x:v>572296</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5776,51 +5776,51 @@
       <x:c r="K73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44092</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>572296</x:v>
+        <x:v>572297</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37676</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>36</x:v>