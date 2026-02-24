--- v1 (2026-02-24)
+++ v2 (2026-02-24)
@@ -329,324 +329,324 @@
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sauveteur secouriste travail - Maintien et actualisation des compétences (MAC SST) - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptitude Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forseco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sauveteur Secouriste du Travail (SST) : Maintien et Actualisation des Compétences (MAC) - PRS002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Action 3 - Idea Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sauveteur Secouriste du Travail (SST) - Maintien et Actualisation des Compétences (MAC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Educ'Altitudes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sauveteur secouriste du travail (SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAREERPATH ACADEMY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Agent de la fonction publique territoriale , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Loc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-ANDIOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recyclage brevet national de sécurité et de sauvetage aquatique (BNSSA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Ressources, d'Expertise et de Performance Sportives Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREPS PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité secourisme aquatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS CROIX BLANCHE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécurité civile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Surveillance humaine ou gardiennage - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enseignement Risques Professionnels Sud Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERP FORMATION SUD EST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 3 (SSIAP 3) - diplôme de chef de service - Remise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 3 (SSIAP 3) - diplôme de chef de service - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 3 (SSIAP 3) - diplôme de chef de service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 2 (SSIAP 2) - diplôme de chef d'équipe - Remise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 2 (SSIAP 2) - diplôme de chef d'équipe - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 2 (SSIAP 2) - diplôme de chef d'équipe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service - Remise à niveau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1 + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévention et secours civiques de niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Départementale des Sapeurs Pompiers des Hautes Alpes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UDSP 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premiers secours enfants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coralie Soscia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEPTEMES-LES-VALLONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premiers secours adultes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>12/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
-  </x:si>
-[...259 lines deleted...]
-    <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Moniteur-formateur de premiers secours EFR</x:t>
   </x:si>
   <x:si>
     <x:t>Barba Learning - Ecole apnée</x:t>
   </x:si>
   <x:si>
     <x:t>06320</x:t>
   </x:si>
   <x:si>
     <x:t>CAP-D'AIL</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manipulation extincteur</x:t>
   </x:si>
   <x:si>
     <x:t>Atout Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13270</x:t>
   </x:si>
@@ -3621,2147 +3621,2148 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>590572</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>590573</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>590573</x:v>
+        <x:v>590575</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>590575</x:v>
+        <x:v>609108</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R24" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="S24" s="14" t="n">
+        <x:v>586603</x:v>
+      </x:c>
+      <x:c r="T24" s="16" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>586603</x:v>
+        <x:v>543896</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>543896</x:v>
+        <x:v>553902</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>553902</x:v>
+        <x:v>564131</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="S28" s="14" t="n">
+        <x:v>603939</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="K29" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L29" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M29" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N29" s="3" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O29" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P29" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S29" s="0" t="n">
+        <x:v>603928</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>603928</x:v>
+        <x:v>558261</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>113</x:v>
-[...1 lines deleted...]
-      <x:c r="H31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>558261</x:v>
+        <x:v>598023</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>598023</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>608198</x:v>
+        <x:v>581227</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L34" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>42829</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="S34" s="14" t="n">
+        <x:v>584549</x:v>
+      </x:c>
+      <x:c r="T34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="L34" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="R34" s="14" t="s">
+      <x:c r="U34" s="16" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>584549</x:v>
+        <x:v>584553</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>584553</x:v>
+        <x:v>584552</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="S37" s="0" t="n">
+        <x:v>584551</x:v>
+      </x:c>
+      <x:c r="T37" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="S37" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>584551</x:v>
+        <x:v>584550</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42805</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>584550</x:v>
+        <x:v>609280</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42805</x:v>
+        <x:v>42826</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>609280</x:v>
+        <x:v>600703</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>600703</x:v>
+        <x:v>563989</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="J42" s="14" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>563989</x:v>
+        <x:v>558012</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>558012</x:v>
+        <x:v>558011</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>558011</x:v>
+        <x:v>558010</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>558010</x:v>
+        <x:v>558009</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>558009</x:v>
+        <x:v>558008</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>558008</x:v>
+        <x:v>558007</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>558007</x:v>
+        <x:v>558006</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>558006</x:v>
+        <x:v>558005</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>558005</x:v>
+        <x:v>558004</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>558004</x:v>
+        <x:v>558003</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>558003</x:v>
+        <x:v>354116</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>354116</x:v>
+        <x:v>563489</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>148</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>563489</x:v>
+        <x:v>543807</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>543807</x:v>
+        <x:v>598394</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>598394</x:v>
+        <x:v>598393</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>598393</x:v>
+        <x:v>543806</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42826</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>543806</x:v>
+        <x:v>610712</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>610712</x:v>
+        <x:v>610713</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42826</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>550583</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5813,153 +5814,153 @@
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>537828</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>543797</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>577945</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -6370,87 +6371,87 @@
         <x:v>207</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>598139</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>581228</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -6664,51 +6665,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>545927</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>225</x:v>
@@ -6743,75 +6744,75 @@
       <x:c r="T79" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="n">
         <x:v>727</x:v>
       </x:c>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>184442</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>231</x:v>
@@ -7761,2630 +7762,2630 @@
       <x:c r="R99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>586869</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>610789</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>610790</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>610787</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>610795</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>610799</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>610794</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>610791</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>610777</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>591708</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>591714</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591719</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>591715</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>591707</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>591716</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>591697</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>591706</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>591713</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>610786</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>610797</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>610778</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>610792</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>610779</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>610784</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>573611</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>591698</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>562304</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>591710</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>580842</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>562278</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>591690</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>591718</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>591712</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>591704</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>591705</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>591696</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>591711</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>591702</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>591695</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>591703</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>591701</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>591694</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>206</x:v>
@@ -11118,54 +11119,54 @@
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>579534</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
@@ -11399,75 +11400,75 @@
         <x:v>570686</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>554350</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -11487,51 +11488,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>553965</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
@@ -11996,54 +11997,54 @@
       <x:c r="L182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>590548</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
@@ -12887,518 +12888,518 @@
         <x:v>590555</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>605411</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>605412</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>605413</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>605409</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>605408</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>605410</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>605404</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>605406</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>605403</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42870</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>576702</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -13407,174 +13408,174 @@
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42870</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>537826</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>598395</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>586606</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
@@ -13601,329 +13602,329 @@
         <x:v>590157</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>604631</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>605401</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>605402</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>603941</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>546595</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>546404</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
@@ -14123,51 +14124,51 @@
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>537823</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14211,86 +14212,86 @@
       <x:c r="R225" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>551872</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>543804</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>34</x:v>
@@ -14619,843 +14620,843 @@
       <x:c r="R233" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>586825</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>610714</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>591638</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>591637</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>591635</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>591632</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>591634</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>562071</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>610710</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>591633</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>591636</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>610705</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>610706</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>610709</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
@@ -15728,51 +15729,51 @@
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>598838</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -15820,66 +15821,66 @@
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>584127</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
@@ -16111,72 +16112,72 @@
         <x:v>290</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>560799</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>544913</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
@@ -16239,51 +16240,51 @@
       <x:c r="I265" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>568106</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -16394,51 +16395,51 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>570329</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>433</x:v>
@@ -16626,75 +16627,75 @@
         <x:v>186</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>555995</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>567051</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
@@ -16714,51 +16715,51 @@
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>558874</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
@@ -17035,134 +17036,134 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>557236</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>553127</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>547478</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>374</x:v>
@@ -17242,84 +17243,84 @@
         <x:v>301</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>563564</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>586647</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
@@ -17677,51 +17678,51 @@
       <x:c r="I293" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>543555</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -18091,110 +18092,110 @@
       <x:c r="I301" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>553921</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>543784</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
@@ -18370,87 +18371,87 @@
         <x:v>185</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>557074</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>543898</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
@@ -18478,75 +18479,75 @@
         <x:v>505</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>544931</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>546346</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -18632,76 +18633,76 @@
         <x:v>546398</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>546337</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>445</x:v>
@@ -18808,51 +18809,51 @@
       <x:c r="I315" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>547479</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
@@ -18886,75 +18887,75 @@
         <x:v>519</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>548192</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>544160</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
@@ -18974,51 +18975,51 @@
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>543812</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
@@ -19067,51 +19068,51 @@
         <x:v>530</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>551480</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>532</x:v>
@@ -19221,51 +19222,51 @@
       <x:c r="I323" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>556448</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
@@ -19610,72 +19611,72 @@
         <x:v>200</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>578857</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>559727</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
@@ -19765,82 +19766,82 @@
       <x:c r="R333" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>557815</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>557997</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>426</x:v>
@@ -20025,75 +20026,75 @@
         <x:v>554</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>556452</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>559726</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
@@ -20124,78 +20125,78 @@
         <x:v>556</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>589634</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>591288</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
@@ -20485,76 +20486,76 @@
         <x:v>558401</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>610234</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>549</x:v>
@@ -20586,91 +20587,91 @@
       <x:c r="R349" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>600009</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>599730</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
@@ -20779,51 +20780,51 @@
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>579537</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
@@ -20901,82 +20902,82 @@
       <x:c r="R355" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>603860</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>611094</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>51</x:v>
@@ -21689,72 +21690,72 @@
         <x:v>233</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>586807</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>605121</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
@@ -21824,144 +21825,144 @@
       <x:c r="L373" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>597898</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>610899</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>605124</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
@@ -22244,51 +22245,51 @@
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>606688</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
@@ -22472,73 +22473,73 @@
         <x:v>586810</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>605127</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>303</x:v>
@@ -22574,73 +22575,73 @@
         <x:v>610900</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>605134</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>231</x:v>
@@ -23170,51 +23171,51 @@
       <x:c r="L399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>602804</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
@@ -23242,72 +23243,72 @@
         <x:v>305</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>610901</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>605132</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
@@ -23396,73 +23397,73 @@
         <x:v>586814</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>605398</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>231</x:v>
@@ -23529,91 +23530,91 @@
       <x:c r="L406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>605397</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
@@ -23754,72 +23755,72 @@
         <x:v>233</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>586819</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>605399</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
@@ -23842,51 +23843,51 @@
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>598248</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
@@ -23941,91 +23942,91 @@
       <x:c r="L414" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>586823</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>605400</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
@@ -24059,2424 +24060,2424 @@
         <x:v>467</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>578930</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>591670</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>591678</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>591685</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>591688</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>591677</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>591667</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>591676</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>591675</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>591684</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>591669</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>591674</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>591673</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>580837</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>562259</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>591682</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>562237</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>562212</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>580829</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>610772</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>610766</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>610776</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>610760</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>610767</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>610768</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>610774</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>610770</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>610761</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>610769</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>610756</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>610773</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>591672</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>591681</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>591687</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>591679</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>591671</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>591686</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>591680</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>591689</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>610762</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>610758</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>610771</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>610775</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>610764</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>610765</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -26840,91 +26841,91 @@
       <x:c r="F471" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>583562</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
@@ -27077,51 +27078,51 @@
       <x:c r="J475" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>606135</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
@@ -27136,51 +27137,51 @@
       <x:c r="J476" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>606132</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
@@ -27366,51 +27367,51 @@
       <x:c r="M480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>605334</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>40374</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>