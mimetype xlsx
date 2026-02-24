--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -512,138 +512,138 @@
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550 - recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/16/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/21/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, véhicules et engins électriques ou hybrides NFC18550</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Devenir Formateur Professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>PdrX-Center by deboss’autos</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découvrir les modalités pédagogiques à l'ère du numérique</x:t>
   </x:si>
@@ -4021,51 +4021,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>597982</x:v>
+        <x:v>597983</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>145</x:v>
@@ -4225,51 +4225,51 @@
       <x:c r="K55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>597984</x:v>
+        <x:v>597982</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>145</x:v>
@@ -4278,51 +4278,51 @@
       <x:c r="K56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>597983</x:v>
+        <x:v>597984</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>39</x:v>
@@ -4435,206 +4435,206 @@
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>597978</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>597975</x:v>
+        <x:v>597977</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>597976</x:v>
+        <x:v>597974</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>597974</x:v>
+        <x:v>597975</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
@@ -4686,208 +4686,208 @@
       <x:c r="K64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>597977</x:v>
+        <x:v>597976</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>588362</x:v>
+        <x:v>588356</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>588356</x:v>
+        <x:v>588359</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>588359</x:v>
+        <x:v>588362</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
@@ -5403,301 +5403,301 @@
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>610880</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>602896</x:v>
+        <x:v>602887</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>602898</x:v>
+        <x:v>602896</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>602899</x:v>
+        <x:v>602898</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>602900</x:v>
+        <x:v>602899</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>602887</x:v>
+        <x:v>602900</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>186</x:v>