--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -344,231 +344,231 @@
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pastré Grande Bastide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention management et gestion des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention management et gestion des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention génie des procédés et bioprocédés industriels (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organisation travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée professionnel Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro Manager et développer une TPE/PME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro management et gestion des organisations parcours management de PME-PMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques parcours mathématiques</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention mathématiques</x:t>
   </x:si>
   <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 2</x:t>
-  </x:si>
-[...160 lines deleted...]
-    <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
@@ -3206,1577 +3206,1578 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>558140</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
+      <x:c r="S25" s="0" t="n">
+        <x:v>611477</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="R25" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>611477</x:v>
+        <x:v>611472</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40290</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>611472</x:v>
+        <x:v>558340</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>558340</x:v>
+        <x:v>558338</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>558338</x:v>
+        <x:v>581076</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>108</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>581076</x:v>
+        <x:v>592407</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>40290</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>592407</x:v>
+        <x:v>547878</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547878</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>564389</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="H34" s="14" t="s">
+      <x:c r="I34" s="16" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="R34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>606241</x:v>
+        <x:v>575016</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>40290</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>587477</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>587477</x:v>
+        <x:v>581552</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>581552</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>574915</x:v>
+        <x:v>574916</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>574916</x:v>
+        <x:v>574917</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>574917</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>574918</x:v>
+        <x:v>592382</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592382</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="Q43" s="4" t="s">
+      <x:c r="R43" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="R43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592384</x:v>
+        <x:v>592386</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>575669</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>575667</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>575668</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>587314</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
@@ -4793,51 +4794,51 @@
       <x:c r="G52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>558139</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
@@ -4853,286 +4854,286 @@
       <x:c r="G53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>611466</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>575748</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>575666</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>575664</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>558138</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -5149,51 +5150,51 @@
       <x:c r="G58" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>558137</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -5209,110 +5210,110 @@
       <x:c r="G59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>611452</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>547460</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
@@ -5328,60 +5329,60 @@
       <x:c r="G61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>558150</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -5389,1475 +5390,1475 @@
       <x:c r="G62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>611442</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>529159</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>595464</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595466</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>595465</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>575662</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>575663</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>575660</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>575659</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>575658</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>575656</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>598409</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>591972</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>575212</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
@@ -6870,51 +6871,51 @@
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>557456</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -8717,51 +8718,51 @@
         <x:v>257</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>604893</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>257</x:v>
@@ -9558,72 +9559,72 @@
         <x:v>47</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>584333</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>512450</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
@@ -10757,51 +10758,51 @@
         <x:v>257</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>590045</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>257</x:v>
@@ -11575,290 +11576,290 @@
       <x:c r="H180" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>571048</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40011</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>593071</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40011</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>593070</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>575970</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>34</x:v>
@@ -12188,73 +12189,73 @@
         <x:v>570769</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>332</x:v>
@@ -12392,442 +12393,442 @@
         <x:v>580192</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>512442</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>521443</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>501493</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>586155</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>550226</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>550236</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>500979</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
@@ -12844,51 +12845,51 @@
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -12904,87 +12905,87 @@
       <x:c r="U204" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>550231</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>241</x:v>
@@ -12998,51 +12999,51 @@
       <x:c r="L206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>602330</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -13058,340 +13059,340 @@
       <x:c r="L207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>602816</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>605652</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>605651</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>594201</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>594202</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40811</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>592825</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
@@ -13476,84 +13477,84 @@
       <x:c r="U214" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>608430</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
@@ -13568,54 +13569,54 @@
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -13625,54 +13626,54 @@
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -13791,54 +13792,54 @@
       <x:c r="I220" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -13907,54 +13908,54 @@
       <x:c r="I222" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>601784</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14001,84 +14002,84 @@
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>608429</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
@@ -14177,87 +14178,87 @@
       <x:c r="U226" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>555976</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -14317,54 +14318,54 @@
       <x:c r="I229" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>552161</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -14433,124 +14434,124 @@
       <x:c r="I231" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>555975</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -15008,51 +15009,51 @@
       <x:c r="J241" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>578485</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
@@ -15703,54 +15704,54 @@
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>604147</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>429</x:v>
@@ -15764,54 +15765,54 @@
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>604204</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
@@ -15824,54 +15825,54 @@
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>605173</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>429</x:v>