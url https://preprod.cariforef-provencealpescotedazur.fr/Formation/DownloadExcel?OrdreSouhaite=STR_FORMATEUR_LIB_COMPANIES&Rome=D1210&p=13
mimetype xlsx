--- v0 (2026-01-01)
+++ v1 (2026-02-24)
@@ -344,282 +344,282 @@
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ACAF MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel conseiller de vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFREP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association pour l'Education Cognitive et le Développement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro technicien conseil vente en animalerie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional Agricole Public PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vente en animalerie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation La Seyne sur Mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Défi 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>FREJUS</x:t>
-  </x:si>
-[...229 lines deleted...]
-    <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente - Compétences climat matériaux biosourcés</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
@@ -3049,51 +3049,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>552328</x:v>
+        <x:v>552363</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4233,51 +4233,51 @@
       <x:c r="K42" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>552363</x:v>
+        <x:v>552328</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -5447,51 +5447,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>562770</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5506,51 +5506,51 @@
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>605241</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5563,51 +5563,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>605239</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5844,51 +5844,51 @@
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>545318</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>