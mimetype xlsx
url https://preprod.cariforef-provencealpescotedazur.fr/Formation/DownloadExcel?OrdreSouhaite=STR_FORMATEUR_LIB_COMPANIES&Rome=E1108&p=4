--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -299,87 +299,87 @@
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - russe</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues étrangères appliquées parcours management de projets de développement durable et culturel</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention langues et sociétés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention langues étrangères appliquées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention traduction et interprétation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">COHESION D’EQUIPE : DES CLES POUR LA CREER OU LA RENFORCER  </x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Drainage lymphatique</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2025 00:00:00</x:t>
   </x:si>
@@ -2796,373 +2796,373 @@
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575705</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>39173</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>15254</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592052</x:v>
+        <x:v>591858</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>591858</x:v>
+        <x:v>591881</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38696</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591881</x:v>
+        <x:v>592070</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39263</x:v>
+        <x:v>39280</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>15231</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592070</x:v>
+        <x:v>592088</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39280</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>15231</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592088</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>39173</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15254</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592392</x:v>
+        <x:v>592052</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>34</x:v>
@@ -3241,154 +3241,154 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>583731</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592054</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39280</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>15231</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>592087</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>39280</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5683,211 +5683,211 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>576104</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>592393</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>592055</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>592069</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39789</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -5897,162 +5897,162 @@
       <x:c r="M83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>592189</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38695</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>591857</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>592053</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">